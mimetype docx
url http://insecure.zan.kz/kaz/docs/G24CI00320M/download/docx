--- v0 (2025-11-10)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7b2b604" w14:textId="7b2b604">
+    <w:p w14:paraId="f2de386" w14:textId="f2de386">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,141 +251,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 1 193 880 мың теңге:</w:t>
+      1) кірістер – 1 251 310 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 528 625 мың теңге;</w:t>
+      салықтық түсімдер – 549 920 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 1 587 теңге;</w:t>
+      салықтық емес түсімдер – 2 328 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 69 788 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 59 396 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 593 880 мың теңге;</w:t>
+      трансферттер түсімі – 639 666 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1 341 580,5 мың теңге:</w:t>
+      2) шығындар – 1 399 010,5 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -567,61 +567,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 406</w:t>
+        <w:t>№ 475</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қандыағаш қаласының бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 16.07.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Мұғалжар аудандық мәслихатының 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 406</w:t>
+        <w:t>№ 475</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1654,51 +1654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 193 880</w:t>
+1 251 310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1831,51 +1831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-528 625</w:t>
+549 920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2008,51 +2008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-340 329</w:t>
+354 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2185,51 +2185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-340 329</w:t>
+354 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2362,51 +2362,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-154 043</w:t>
+169 724</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2893,51 +2893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140 453</w:t>
+156 154</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3070,51 +3070,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85</w:t>
+65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3247,51 +3247,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 253</w:t>
+26 024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3424,51 +3424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 753</w:t>
+25 738</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3601,51 +3601,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+286</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3778,51 +3778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 587</w:t>
+2 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3851,155 +3851,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-06</w:t>
-[...103 lines deleted...]
-1 587</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+176</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4060,300 +4060,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-1 587</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+176</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-69 788</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4373,164 +4373,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-69 788</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай секторы ұйымдарынан түсетін, бюджеттен тыс қорларға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4550,164 +4550,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-41 494</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+351</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4768,300 +4768,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...71 lines deleted...]
-28 294</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+351</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...135 lines deleted...]
-593 880 </w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 396</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5090,155 +5090,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...103 lines deleted...]
-593 880 </w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 396</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5299,50 +5299,758 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 494</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 902</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+639 666 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+639 666 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5371,51 +6079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-593 880 </w:t>
+639 666 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6128,51 +6836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 341 580,5</w:t>
+1 399 010,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6337,51 +7045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-323 248,5</w:t>
+331 072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6546,51 +7254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-323 248,5</w:t>
+331 072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6755,51 +7463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-323 248,5</w:t>
+331 072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6964,51 +7672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145 648,9</w:t>
+150 644,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7173,51 +7881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-177 599,6</w:t>
+180 427,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7382,51 +8090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-476 822,1</w:t>
+488 522,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7591,51 +8299,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-476 822,1</w:t>
+488 522,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7800,51 +8508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-476 822,1</w:t>
+488 522,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8009,51 +8717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-155 551</w:t>
+159 466</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8218,51 +8926,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86 300</w:t>
+91 676</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8427,51 +9135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-234 971,1</w:t>
+237 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8636,51 +9344,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-528 799,7</w:t>
+566 705,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8845,51 +9553,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-528 799,7</w:t>
+566 705,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9054,51 +9762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-528 799,7</w:t>
+566 705,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9263,51 +9971,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-177 879,7</w:t>
+214 895,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9472,51 +10180,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-350 920</w:t>
+351 810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30350,55 +31058,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>