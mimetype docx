--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b4d4f3d" w14:textId="b4d4f3d">
+    <w:p w14:paraId="6f06eba" w14:textId="6f06eba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,60 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған И. Құрманов атындағы ауылдық округінің бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Қобда аудандық мәслихатының 2024 жылғы 31 желтоқсандағы № 286 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2008 жылғы 4 желтоқсандағы Бюджет кодексінің 9-1 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -156,51 +163,68 @@
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Қобда аудандық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған И. Құрманов атындағы ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -232,88 +256,87 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
-[...18 lines deleted...]
-      "1) кірістер - 64063,4 мың теңге, оның ішінде:</w:t>
+        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 3195,4 мың теңге;</w:t>
+      "1) кірістер - 63916,4 мың теңге, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық түсімдер – 3 048,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -359,69 +382,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 60868,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 67537,5 мың теңге;</w:t>
+      2) шығындар – 67316,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу - 0 теңге:</w:t>
+      3)таза бюджеттік кредиттеу - 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттеу - 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -575,135 +598,135 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 3474,1 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 3400,1 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Қобда аудандық мәслихатының 10.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Қобда аудандық мәслихатының 20.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 387</w:t>
+        <w:t>№ 407</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджетінің кірісіне мыналар есептелетін болып белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       табыс салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -858,90 +881,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қала, ауыл, кент, ауылдық округ бюджеттеріне түсетін басқа да салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленгені еске және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылғы 1 қаңтардан бастап:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -970,90 +993,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңнамасына сәйкес жәрдемақыларды және өзге де әлеуметтік төлемдерді есептеу үшін, сондай-ақ айыппұл санкцияларын, салықтар мен басқа да төлемдерді қолдану үшін айлық есептік көрсеткіш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтiк төлемдердiң мөлшерлерiн есептеу үшiн ең төмен күнкөрiс деңгейiнiң шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға аудандық бюджеттен И.Құрманов атындағы ауылдық округінің бюджетіне берілген субвенциялар көлемі 35 238 мың теңге сомасында көзделгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1302,61 +1325,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған И. Құрманов атындағы ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Қобда аудандық мәслихатының 10.10.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Қобда аудандық мәслихатының 20.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 387</w:t>
+        <w:t>№ 407</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1420,52 +1443,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы, мың теңге</w:t>
+              <w:t xml:space="preserve">
+Сомасы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1597,51 +1637,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Iшкi сыныбы</w:t>
+Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2076,51 +2116,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64063,4</w:t>
+63916,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2253,51 +2293,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3195,4</w:t>
+3048</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2430,51 +2470,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-655,4</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2607,51 +2647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-655,4</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2784,51 +2824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1978</w:t>
+1598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2961,51 +3001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
+48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3138,51 +3178,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1258</w:t>
+1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3315,51 +3355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-689</w:t>
+550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3492,51 +3532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-562</w:t>
+950</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3669,51 +3709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-562</w:t>
+950</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4212,64 +4252,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60868,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -4500,51 +4526,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5178,51 +5204,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67537,5</w:t>
+67316,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6432,51 +6458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30627,4</w:t>
+30256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6641,51 +6667,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30627,4</w:t>
+30256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6850,51 +6876,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30627,4</w:t>
+30256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7059,51 +7085,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4302</w:t>
+2162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7477,51 +7503,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24048,6</w:t>
+25817,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7686,51 +7712,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1350</w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7895,51 +7921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1350</w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8104,51 +8130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1350</w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8313,51 +8339,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1350</w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10391,64 +10417,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -10679,51 +10691,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -11361,51 +11373,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3474,1</w:t>
+3400,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11570,51 +11582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3474,1</w:t>
+3400,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11779,51 +11791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3474,1</w:t>
+3400,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11988,51 +12000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3474,1</w:t>
+3400,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -31980,55 +31992,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>