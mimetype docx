--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6f06eba" w14:textId="6f06eba">
+    <w:p w14:paraId="fc2f1f5" w14:textId="fc2f1f5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған И. Құрманов атындағы ауылдық округінің бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Қобда аудандық мәслихатының 2024 жылғы 31 желтоқсандағы № 286 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2008 жылғы 4 желтоқсандағы Бюджет кодексінің 9-1 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -163,68 +156,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Қобда аудандық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған И. Құрманов атындағы ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -256,87 +232,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін"</w:t>
+        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1) кірістер - 60866,6 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "1) кірістер - 63916,4 мың теңге, оның ішінде:</w:t>
-[...17 lines deleted...]
-      салықтық түсімдер – 3 048,0 мың теңге;</w:t>
+      салықтық түсімдер – 1173 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -364,87 +341,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арнаулы түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 60868,4 мың теңге;</w:t>
+      трансферттер түсімі – 59693,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 67316,5 мың теңге;</w:t>
+      2) шығындар – 64338,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3)таза бюджеттік кредиттеу - 0 теңге:</w:t>
+      3) таза бюджеттік кредиттеу - 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттеу - 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -598,135 +575,135 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 3400,1 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 3472 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Қобда аудандық мәслихатының 20.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Қобда аудандық мәслихатының 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 407</w:t>
+        <w:t>№ 418</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджетінің кірісіне мыналар есептелетін болып белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       табыс салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -881,90 +858,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қала, ауыл, кент, ауылдық округ бюджеттеріне түсетін басқа да салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленгені еске және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылғы 1 қаңтардан бастап:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -993,90 +970,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңнамасына сәйкес жәрдемақыларды және өзге де әлеуметтік төлемдерді есептеу үшін, сондай-ақ айыппұл санкцияларын, салықтар мен басқа да төлемдерді қолдану үшін айлық есептік көрсеткіш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтiк төлемдердiң мөлшерлерiн есептеу үшiн ең төмен күнкөрiс деңгейiнiң шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға аудандық бюджеттен И.Құрманов атындағы ауылдық округінің бюджетіне берілген субвенциялар көлемі 35 238 мың теңге сомасында көзделгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1325,61 +1302,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған И. Құрманов атындағы ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Қобда аудандық мәслихатының 20.11.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Қобда аудандық мәслихатының 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 407</w:t>
+        <w:t>№ 418</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1443,69 +1420,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>мың теңге</w:t>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1637,51 +1597,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішкі сыныбы</w:t>
+Iшкi сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2116,51 +2076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63916,4</w:t>
+60866,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2293,51 +2253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3048</w:t>
+1173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2470,51 +2430,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+255,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2647,51 +2607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+255,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2824,51 +2784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1598</w:t>
+655,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3001,51 +2961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3178,51 +3138,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000</w:t>
+435,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3355,51 +3315,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550</w:t>
+189,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3532,51 +3492,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-950</w:t>
+262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3709,51 +3669,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-950</w:t>
+262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3886,51 +3846,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60868,4</w:t>
+59693,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4063,51 +4023,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60868,4</w:t>
+59693,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4240,62 +4200,76 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60868,4</w:t>
+59693,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -4526,51 +4500,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5204,51 +5178,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67316,5</w:t>
+64338,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5413,51 +5387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35560,4</w:t>
+36112,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5622,51 +5596,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35560,4</w:t>
+36112,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5831,51 +5805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35560,4</w:t>
+36112,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6249,51 +6223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1140</w:t>
+1692,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6458,51 +6432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30256</w:t>
+26725,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6667,51 +6641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30256</w:t>
+26725,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6876,51 +6850,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30256</w:t>
+26725,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7085,51 +7059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2162</w:t>
+2179,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7503,51 +7477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25817,2</w:t>
+22269,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10417,50 +10391,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -10691,51 +10679,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -11373,51 +11361,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3400,1</w:t>
+3472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11582,51 +11570,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3400,1</w:t>
+3472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11791,51 +11779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3400,1</w:t>
+3472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12000,51 +11988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3400,1</w:t>
+3472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>