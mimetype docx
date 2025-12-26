--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="96f1eaf" w14:textId="96f1eaf">
+    <w:p w14:paraId="ac833d1" w14:textId="ac833d1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,50 +103,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Қарғалы аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 266 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Бюджет кодексінің 85-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -221,50 +222,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына сәйкес, Қарғалы аудандық мәслихаты </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ШЕШІМ ҚАБЫЛДАДЫ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -376,123 +378,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 42 153,6 мың теңге,</w:t>
+      1) кірістер – 44 153,6 мың теңге,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 8 186,0 мың теңге;</w:t>
+      салықтық түсімдер – 9 699,5 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      негізгі капиталды сатудан түсетін түсімдер - 486,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттердің түсімдері – 33 967,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 44 628,2 мың теңге;</w:t>
+      2) шығындар – 46 628,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттiк кредит беру - 0 мың теңге,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -538,51 +558,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен жасалатын операциялар бойынша сальдо - 0 мың теңге;</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо - 0 мың теңге,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -656,107 +676,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Қарғалы аудандық мәслихатының 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Қарғалы аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 371</w:t>
+        <w:t>№ 390</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округінің бюджетінің кірісіне келесідей есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -821,90 +841,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірыңғай жер салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025 – 2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленгені назарға және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылғы 1 қаңтардан бастап:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -933,146 +953,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жәрдемақыларды және өзге де әлеуметтiк төлемдердi есептеу, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес айыппұл санкцияларын, салықтарды және басқа да төлемдердi қолдану үшiнайлық есептiк көрсеткiш – 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтiк төлемдердiң мөлшерлерiн есептеу үшiн ең төмен күнкөрiс деңгейiнiң шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округінің бюджетінде аудандық бюджеттен берілген субвенция көлемі – 33 849,0 мың теңге сомасында қарастырылғаны ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған ауылдық округтің бюджетінде республикалық бюджеттен ағымдағы нысаналы трансферттер түскені ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысан арттыруға – 91,0 мың теңге сомасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттердің сомаларын бөлу ауылдық округінің әкімі шешімі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1334,61 +1354,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Велихов ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Қарғалы аудандық мәслихатының 30.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Қарғалы аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 371</w:t>
+        <w:t>№ 390</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2087,51 +2107,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 153,6</w:t>
+44 153,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2296,51 +2316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 186,0</w:t>
+9 699,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2505,51 +2525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 070,9</w:t>
+2 598,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2714,51 +2734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 070,9</w:t>
+2 598,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2923,51 +2943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 841,1</w:t>
+2 841,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3646,57 +3666,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3964,51 +3988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 274,0</w:t>
+4 259,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4173,51 +4197,678 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 274,0</w:t>
+4 259,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+486,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+486,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+486,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5733,51 +6384,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 628,2</w:t>
+46 628,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5974,51 +6625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 501,9</w:t>
+36 671,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6215,51 +6866,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 501,9</w:t>
+36 671,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6464,51 +7115,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 501,9</w:t>
+35 663,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6717,533 +7368,533 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 501,9</w:t>
+35 663,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-Тұрғынүй-коммуналдық шаруашылық</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 894,1</w:t>
+1 007,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-Коммуналдық шаруашылық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000,0</w:t>
+7 286,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7272,223 +7923,219 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000,0</w:t>
+1 640,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7508,228 +8155,232 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000,0</w:t>
+1 640,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7749,228 +8400,228 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Елді-мекендерді көркейту</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 894,1</w:t>
+1 640,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7990,228 +8641,228 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 894,1</w:t>
+5 646,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8231,236 +8882,228 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...148 lines deleted...]
-Елді мекендердегі көшелерді жарықтандыру</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 247,1</w:t>
+5 646,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8480,228 +9123,236 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-647,0</w:t>
+4 226,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8721,718 +9372,718 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...148 lines deleted...]
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+240,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-Көлiк және коммуникация</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 232,2</w:t>
+1 180,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-Автомобиль көлiгi</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 232,2</w:t>
+2 670,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9452,228 +10103,228 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 232,2</w:t>
+2 670,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9725,50 +10376,291 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 670,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9870,51 +10762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 232,2</w:t>
+2 670,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -10805,50 +11697,279 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -46302,55 +47423,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>