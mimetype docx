--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="478a9ca" w14:textId="478a9ca">
+    <w:p w14:paraId="2d8c9db" w14:textId="2d8c9db">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,50 +103,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Ырғыз аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 197 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -171,50 +172,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Ырғыз аудандық мәслихаты </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -233,51 +235,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Жайсаңбай ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -312,85 +313,84 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 24 638 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 24 498 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 4 082 мың теңге;</w:t>
+      салықтық түсімдер – 2 841 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 10 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -400,69 +400,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 20 546 мың теңге;</w:t>
+      трансферттер түсімі – 21 647 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 27 684,9 мың теңге;</w:t>
+      2) шығындар – 27 544,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -644,61 +644,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 11.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 243</w:t>
+        <w:t>№ 277</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1208,51 +1208,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. 2025 жылға арналған Жайсаңбай ауылдық округ бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      елді мекендердің көшелерін жарықтандыруға - 760 мың теңге.</w:t>
+      елді мекендердің көшелерін жарықтандыруға - 760 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбекақы төлеуге - 1100 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1274,61 +1292,61 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Шешім 5 тармақпен толықтырылды - Ақтөбе облысы Ырғыз аудандық мәслихатының 11.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 243</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 262</w:t>
+        <w:t>№ 277</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1612,61 +1630,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жайсаңбай ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 11.07.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 243</w:t>
+        <w:t>№ 277</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1731,51 +1749,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2390,51 +2408,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 638</w:t>
+24 498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2567,51 +2585,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 082</w:t>
+2 841</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2744,51 +2762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 199</w:t>
+1 297</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2921,51 +2939,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 199</w:t>
+1 297</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3098,51 +3116,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 403</w:t>
+1 044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3629,51 +3647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 133</w:t>
+774</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3983,51 +4001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-480</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4160,51 +4178,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-480</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4868,51 +4886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 546</w:t>
+21 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5045,51 +5063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 546</w:t>
+21 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5222,76 +5240,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 546</w:t>
+21 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -5346,51 +5350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5522,51 +5526,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6200,51 +6204,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 684,9</w:t>
+27 544,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6409,51 +6413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 642,2</w:t>
+24 642,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6618,51 +6622,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 642,2</w:t>
+24 642,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6827,51 +6831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 642,2</w:t>
+24 642,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7068,437 +7072,425 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...177 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-3 042,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 902,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7518,196 +7510,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3 042,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдімекендердікөркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 902,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7759,164 +7751,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2 585,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала,ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 902,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8009,123 +8001,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-140</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдімекендердегікөшелердіжарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 585,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8459,51 +8451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІІ. Тазабюджеттіккредиттеу</w:t>
+ІІІ.Тазабюджеттіккредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9532,64 +9524,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 046,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -9643,51 +9621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>