--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e90864d" w14:textId="e90864d">
+    <w:p w14:paraId="46ce139" w14:textId="46ce139">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,50 +103,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Ырғыз аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 196 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -171,50 +172,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Ырғыз аудандық мәслихаты </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -233,51 +235,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Тәуіп ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -312,85 +313,84 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 33 123 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 32 846,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 7 001 мың теңге;</w:t>
+      салықтық түсімдер – 6 224,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 10 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -400,69 +400,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 26 112 мың теңге;</w:t>
+      трансферттер түсімі – 26 612 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 37 074,9 мың теңге;</w:t>
+      2) шығындар – 36798,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -644,61 +644,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 11.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 242</w:t>
+        <w:t>№ 276</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1157,50 +1157,184 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға – 7 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 2025 жылға арналған Тәуіп ауылдық округ бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      елді мекендердің көшелерін жарықтандыруға – 500 мың теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 4-1 тармақпен толықтырылды - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 276</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -1482,61 +1616,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Тәуіп ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 18.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 261</w:t>
+        <w:t>№ 276</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1601,51 +1735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы  (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2260,51 +2394,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 123</w:t>
+32 846,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2437,51 +2571,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 001</w:t>
+6224,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2614,51 +2748,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 390</w:t>
+2264,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2791,51 +2925,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 390</w:t>
+2264,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2968,51 +3102,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 221</w:t>
+3127,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3676,51 +3810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 262</w:t>
+168,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3853,51 +3987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-390</w:t>
+832,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4030,51 +4164,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-390</w:t>
+832,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4738,51 +4872,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 112</w:t>
+26 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4915,51 +5049,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 112</w:t>
+26 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5092,51 +5226,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 112</w:t>
+26 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5202,51 +5336,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6056,51 +6190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 074,9</w:t>
+36798,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6265,51 +6399,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 761,9</w:t>
+31238,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6474,51 +6608,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 761,9</w:t>
+31238,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6683,51 +6817,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 761,9</w:t>
+31238,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6892,51 +7026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 761,9</w:t>
+31238,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7101,51 +7235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 313</w:t>
+5 559.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7310,51 +7444,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 313</w:t>
+5 559.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7519,51 +7653,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 313</w:t>
+5559.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7728,51 +7862,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 600</w:t>
+3 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7937,51 +8071,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-448</w:t>
+285,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8146,51 +8280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 265</w:t>
+2174</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9484,69 +9618,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мыңтеңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>