--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a6564e4" w14:textId="a6564e4">
+    <w:p w14:paraId="7a912e4" w14:textId="7a912e4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Қызылжар ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Ырғыз аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 193 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>96 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -245,50 +238,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Қызылжар ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -323,66 +317,67 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 149 726,7 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 149 687,6 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 10 106,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -410,69 +405,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 339,7 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 139 240,8 мың теңге;</w:t>
+      трансферттер түсімі – 139 201,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 154 914,7мың теңге;</w:t>
+      2) шығындар – 154 875,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -554,69 +549,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) –-5188мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) –- 5 188 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – -5 188мың теңге, оның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – -5 188 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -626,135 +621,135 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 5188 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 5 188 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 274</w:t>
+        <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтық түсімдер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1071,146 +1066,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалға беру құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аудандық мәслихаттың 2024 жылғы "25" желтоқсандағы "2025-2027 жылдарға арналған Ырғыз аудандық бюджетін бекіту туралы" шешіміне сәйкес 2025 жылға аудандық бюджеттен Қызылжар ауылдық округ бюджетіне берілетін субвенция 71 912 мың теңге сомасында көзделді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Қызылжар ауылдық округ бюджетінде аудандық бюджет арқылы республикалық бюджетен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға – 234 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 2025 жылға арналған Қызылжар ауылдық округ бюджетінде аудандық бюджеттен аңымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
+      "5. 2025 жылға арналған Қызылжар ауылдық округ бюджетінде аудандық бюджеттен аңымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерді абаттандыруға – 56 685,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1218,171 +1213,171 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерді көшелерін жарықтандыруға – 3 323 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жерге орналастыру жобаларын әзірлеуге – 2 565,4 мың теңге;</w:t>
+      жерге орналастыру жобаларын әзірлеуге – 2 526,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жергілікті деңгейде мәдени-демалыс жұмысын қолдауға – 4 521 мың теңге.</w:t>
+      жергілікті деңгейде мәдени-демалыс жұмысын қолдауға – 4 521 мың теңге."</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 258</w:t>
+        <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1644,61 +1639,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қызылжар ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 274</w:t>
+        <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1762,52 +1757,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2422,51 +2434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 726,7</w:t>
+149 687,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2563,51 +2575,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтықтүсімдер</w:t>
+Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3130,51 +3142,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5626,6</w:t>
+5 626,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3979,51 +3991,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарғажәнекөрсетілетін қызметтергесалынатынiшкiсалықтар</w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4333,51 +4345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтықеместүсiмдер</w:t>
+Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4510,51 +4522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да салықтықеместүсiмдер</w:t>
+Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4857,69 +4869,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-339,7</w:t>
-[...17 lines deleted...]
-339,7</w:t>
+339,7 339,7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 339,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5034,87 +5028,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердіңтүсімдері</w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139240,8</w:t>
+139 201,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5211,87 +5205,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiкбасқарудыңжоғарытұрғаноргандарынантүсетiнтрансферттер</w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139240,8</w:t>
+139 201,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5388,87 +5382,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстықмаңызы бар қаланың) бюджетінен трансферттер</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139240,8</w:t>
+139 201,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5534,51 +5528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Cомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6388,51 +6382,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-154 914,7</w:t>
+154 875,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6597,51 +6591,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 122,6</w:t>
+49 083,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6806,51 +6800,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-49 122,6 </w:t>
+49 083,5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7015,51 +7009,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 122,6</w:t>
+49 083,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7224,51 +7218,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 077,9</w:t>
+49 038,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8896,51 +8890,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40342</w:t>
+40 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9105,51 +9099,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40342</w:t>
+40 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9314,51 +9308,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40342</w:t>
+40 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9523,51 +9517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40342</w:t>
+40 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11364,51 +11358,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІІ. Тазабюджеттіккредиттеу</w:t>
+ІІІ.Тазабюджеттіккредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11810,50 +11804,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12220,51 +12232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- 5188</w:t>
+- 5 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12425,51 +12437,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5188</w:t>
+5 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -12533,52 +12545,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13197,51 +13226,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5188</w:t>
+5 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13374,51 +13403,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5188</w:t>
+5 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13551,51 +13580,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5188</w:t>
+5 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -31289,55 +31318,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>