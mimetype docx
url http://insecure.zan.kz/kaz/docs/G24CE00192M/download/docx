--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9127176" w14:textId="9127176">
+    <w:p w14:paraId="e8eb259" w14:textId="e8eb259">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,59 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Ырғыз ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Ырғыз аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 192 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>96 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -155,114 +161,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Ырғыз аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – Ақтөбе облысы Ырғыз аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 257</w:t>
+        <w:t>№ 273</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Аманкөл ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -297,85 +301,84 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 70410,4 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 71621,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 6 869 мың теңге;</w:t>
+      салықтық түсімдер –8080 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 40 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -385,69 +388,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 187,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 63 314 мың теңге;</w:t>
+      трансферттер түсімі –63314 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 70 540 мың теңге;</w:t>
+      2) шығындар – 71751 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -629,107 +632,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 257</w:t>
+        <w:t>№ 273</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтық түсімдер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1082,166 +1085,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалға беру құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Аудандық мәслихаттың 2024 жылғы "25" желтоқсандағы "2025-2027 жылдарға арналған Ырғыз аудандық бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 2025 жылға аудандық бюджеттен Ырғыз ауылдық округ бюджетіне берілетін субвенция 52 102 мың теңге сомасында көзделді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Ырғыз ауылдық округ бюджетінде аудандық бюджет арқылы республикалық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға - 142 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Аманкөл ауылдық округ бюджетінде аудандық бюджеттен нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органның күрделі шығыстарына – 17 360 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1332,70 +1335,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1644,61 +1647,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Аманкөл ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 18.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 257</w:t>
+        <w:t>№ 273</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1763,51 +1766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2422,51 +2425,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 410,4</w:t>
+71621,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2599,51 +2602,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 869</w:t>
+8080</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2776,51 +2779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 876</w:t>
+2655</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2953,51 +2956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 876</w:t>
+2655</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3130,51 +3133,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 913</w:t>
+4 948</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3661,51 +3664,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 141</w:t>
+4 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3838,51 +3841,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-620</w:t>
+635</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4015,51 +4018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
+477</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4192,51 +4195,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-80 </w:t>
+477 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5895,51 +5898,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6071,51 +6074,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6749,51 +6752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 540</w:t>
+71 751</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6958,51 +6961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64 320,6</w:t>
+ 65531,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7167,51 +7170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64 320,6</w:t>
+65531,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7376,51 +7379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64 320,6</w:t>
+65531,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7585,51 +7588,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 960,6</w:t>
+48171,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8003,51 +8024,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 208</w:t>
+6208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8212,51 +8233,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 208</w:t>
+6208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8421,51 +8442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 208</w:t>
+6208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8630,51 +8651,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 766</w:t>
+4766</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8898,50 +8919,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8952,50 +8991,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9129,50 +9204,68 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 842</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9323,50 +9416,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9432,50 +9543,86 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9686,121 +9833,241 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...69 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>