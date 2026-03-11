--- v1 (2025-12-28)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e8eb259" w14:textId="e8eb259">
+    <w:p w14:paraId="ff49654" w14:textId="ff49654">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,59 +100,53 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Ырғыз ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Ырғыз аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 192 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...5 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>96 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -161,50 +155,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Ырғыз аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -223,50 +218,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Аманкөл ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -301,156 +297,157 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 71621,4 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 72 366,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер –8080 мың теңге;</w:t>
+      салықтық түсімдер – 8 080 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 40 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 187,4 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 187,4мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі –63314 мың теңге;</w:t>
+      трансферттер түсімі – 64 059 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 71751 мың теңге;</w:t>
+      2) шығындар – 72 496 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -586,153 +583,153 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздарды өтеу – 0 теңге;</w:t>
+      қарыздарды өтеу – 0теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 129,6 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 273</w:t>
+        <w:t>№ 293</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтық түсімдер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1085,320 +1082,320 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалға беру құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Аудандық мәслихаттың 2024 жылғы "25" желтоқсандағы "2025-2027 жылдарға арналған Ырғыз аудандық бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 2025 жылға аудандық бюджеттен Ырғыз ауылдық округ бюджетіне берілетін субвенция 52 102 мың теңге сомасында көзделді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Ырғыз ауылдық округ бюджетінде аудандық бюджет арқылы республикалық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға - 142 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Аманкөл ауылдық округ бюджетінде аудандық бюджеттен нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органның күрделі шығыстарына – 17 360 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      елді мекендердің көшелерін жарықтандыруға - 2500 мың теңге;</w:t>
+      елді мекендердің көшелерін жарықтандыруға – 3 245 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жерге орналастыру жобаларын әзірлеуге - 2072,0 мың теңге.</w:t>
+      жерге орналастыру жобаларын әзірлеуге - 2072 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 11.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 238</w:t>
+        <w:t>№ 293</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1597,111 +1594,124 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аудандық мәслихаттың </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 жылғы " 26 " желтоқсандағы № 192 </w:t>
+              <w:t xml:space="preserve">2024 жылғы " 26 " </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">желтоқсандағы № 192 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Аманкөл ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 273</w:t>
+        <w:t>№ 293</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1765,52 +1775,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2425,51 +2452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71621,4</w:t>
+72 366,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2602,51 +2629,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8080</w:t>
+8 080</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2779,51 +2806,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2655</w:t>
+2 655</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2956,51 +2983,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2655</w:t>
+2 655</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5434,51 +5461,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 314</w:t>
+64 059</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5611,51 +5638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 314</w:t>
+64 059</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5788,51 +5815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 314</w:t>
+64 059</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5898,51 +5925,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Cомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6752,51 +6779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71 751</w:t>
+72 496</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6961,51 +6988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 65531,6</w:t>
+ 65 531,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7170,51 +7197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65531,6</w:t>
+65 531,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7379,51 +7406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65531,6</w:t>
+65 531,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7588,69 +7615,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48171,6</w:t>
-[...17 lines deleted...]
- </w:t>
+48 171,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8024,51 +8033,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6208</w:t>
+6 953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8233,51 +8242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6208</w:t>
+6 953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8442,51 +8451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6208</w:t>
+6 953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8651,51 +8660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4766</w:t>
+5 511</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8919,158 +8928,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...88 lines deleted...]
-              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9204,68 +9159,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 842</w:t>
-            </w:r>
-[...16 lines deleted...]
- </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9416,68 +9353,50 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9506,123 +9425,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған ) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІІ. Таза бюджеттік кредиттеу</w:t>
+ІІІ.Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,4</w:t>
-            </w:r>
-[...34 lines deleted...]
- </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9833,241 +9716,121 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...189 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10849,52 +10612,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -31021,55 +30801,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>