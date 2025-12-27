--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ebb3f31" w14:textId="ebb3f31">
+    <w:p w14:paraId="8237baf" w14:textId="8237baf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,60 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Ырғыз ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Ырғыз аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 191 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>96 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -238,51 +245,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Ырғыз ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -317,157 +323,156 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 223 410,9 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 227 078,3 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 60 278 мың теңге;</w:t>
+      салықтық түсімдер – 63 945,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 90 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 16 422,9 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 16422,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 146 620 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 238 173 мың теңге;</w:t>
+      2) шығындар – 241 840,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -649,107 +654,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 256</w:t>
+        <w:t>№ 272</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтық түсімдер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1066,146 +1071,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалға беру құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аудандық мәслихаттың 2024 жылғы "25" желтоқсандағы "2025-2027 жылдарға арналған Ырғыз аудандық бюджетін бекіту туралы" шешіміне сәйкес 2025 жылға аудандық бюджеттен Ырғыз ауылдық округ бюджетіне берілетін субвенция 52 102 мың теңге сомасында көзделді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Ырғыз ауылдық округ бюджетінде аудандық бюджет арқылы республикалық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға - 142 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. 2025 жылға арналған Ырғыз ауылдық округ бюджетінде аудандық бюджет арқылы облыстық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көше жолдарын орташа жөндеуге – 27 556 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1260,188 +1265,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Ырғыз ауылдық округ бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекенді абаттандыруға - 66 820 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
+      Аталған трансферттерінің cомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 11.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 237</w:t>
+        <w:t>№ 272</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1690,61 +1693,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ырғыз ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 18.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 256</w:t>
+        <w:t>№ 272</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1809,51 +1812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2468,51 +2471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 223 410,9</w:t>
+227078,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2645,51 +2648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 278</w:t>
+63945,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2822,51 +2825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 571</w:t>
+33238,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2999,51 +3002,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 571</w:t>
+33238,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3176,51 +3179,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 607</w:t>
+29607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3707,51 +3710,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 250</w:t>
+26250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5477,51 +5480,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 422,9</w:t>
+1 4422,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6118,51 +6121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6294,51 +6297,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6972,51 +6975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-238 173</w:t>
+241840,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7181,51 +7184,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67 543,7</w:t>
+70282,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7390,51 +7393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67 543,7</w:t>
+70282,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7599,51 +7602,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67 543,7</w:t>
+70282,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7808,51 +7811,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67 312,7</w:t>
+70051,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8226,51 +8229,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131 243</w:t>
+131243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8435,51 +8438,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131 243</w:t>
+131243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8644,51 +8647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131 243</w:t>
+131243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9271,51 +9274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 355</w:t>
+91355</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9480,51 +9483,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 386,3</w:t>
+40315</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9689,51 +9692,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 386,3</w:t>
+40315</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10316,51 +10319,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 556</w:t>
+28484,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10485,51 +10488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІІ.Таза бюджеттік кредиттеу</w:t>
+ІІІ. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11655,51 +11658,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>