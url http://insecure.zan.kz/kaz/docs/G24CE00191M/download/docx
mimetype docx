--- v1 (2025-12-27)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8237baf" w14:textId="8237baf">
+    <w:p w14:paraId="1b23b15" w14:textId="1b23b15">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Ырғыз ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Ырғыз аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 191 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>96 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -245,50 +238,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Ырғыз ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -323,120 +317,121 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер – 227 078,3 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 63 945,4 мың теңге;</w:t>
+      салықтық түсімдер – 65 668,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 90 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 16422,9 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 14699,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 146 620 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -654,107 +649,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 272</w:t>
+        <w:t>№ 292</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтық түсімдер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1071,146 +1066,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалға беру құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аудандық мәслихаттың 2024 жылғы "25" желтоқсандағы "2025-2027 жылдарға арналған Ырғыз аудандық бюджетін бекіту туралы" шешіміне сәйкес 2025 жылға аудандық бюджеттен Ырғыз ауылдық округ бюджетіне берілетін субвенция 52 102 мың теңге сомасында көзделді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Ырғыз ауылдық округ бюджетінде аудандық бюджет арқылы республикалық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға - 142 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. 2025 жылға арналған Ырғыз ауылдық округ бюджетінде аудандық бюджет арқылы облыстық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көше жолдарын орташа жөндеуге – 27 556 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1265,68 +1260,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Ырғыз ауылдық округ бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекенді абаттандыруға - 66 820 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1381,70 +1378,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1693,61 +1690,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ырғыз ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 272</w:t>
+        <w:t>№ 292</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1811,52 +1808,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2471,51 +2485,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-227078,3</w:t>
+227 078,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2648,51 +2662,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63945,4</w:t>
+65 668,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2825,51 +2839,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33238,4</w:t>
+35 419,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3002,51 +3016,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33238,4</w:t>
+35 419,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3179,51 +3193,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29607</w:t>
+29 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3356,51 +3370,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 790</w:t>
+1 332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3710,51 +3724,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26250</w:t>
+26 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4949,51 +4963,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 422,9</w:t>
+14 699,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5126,51 +5140,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 422,9</w:t>
+14 699,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5303,51 +5317,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000</w:t>
+277</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5480,51 +5494,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 4422,9</w:t>
+14 422,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6121,51 +6135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Cомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6975,51 +6989,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-241840,4</w:t>
+241 840,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7184,51 +7198,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70282,4</w:t>
+70 282,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7393,51 +7407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70282,4</w:t>
+70 282,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7602,51 +7616,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70282,4</w:t>
+70 282,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7811,51 +7825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70051,4</w:t>
+70 051,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8229,51 +8243,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131243</w:t>
+131 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8438,51 +8452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131243</w:t>
+131 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8647,51 +8661,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131243</w:t>
+131 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9274,51 +9288,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91355</w:t>
+91 355</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9483,51 +9497,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40315</w:t>
+40 315</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9692,51 +9706,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40315</w:t>
+40 315</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10319,51 +10333,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28484,7</w:t>
+28 484,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10488,51 +10502,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІІ. Таза бюджеттік кредиттеу</w:t>
+ІІІ.Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10919,50 +10933,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ІV. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11657,52 +11689,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -31829,55 +31878,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>