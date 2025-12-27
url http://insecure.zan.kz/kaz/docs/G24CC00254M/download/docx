--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8836036" w14:textId="8836036">
+    <w:p w14:paraId="7cdbd8f" w14:textId="7cdbd8f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -119,100 +119,204 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Бюджет кодексінің 9-1 бабы </w:t>
+      Қазақстан Республикасының Бюджет кодексінің 85 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2 тармағына</w:t>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>91 бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 тармағына, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>96 баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>6-бабына</w:t>
+        <w:t>6 бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, Алға аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
+        <w:t xml:space="preserve"> 1 тармағының 1) тармақшасына және Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңына сәйкес, Алға аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – Ақтөбе облысы Алға аудандық мәслихатының 19.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -274,141 +378,159 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 68 757 мың теңге:</w:t>
+      1) кірістер – 70 391 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 10 138 мың теңге;</w:t>
+      салықтық түсімдер – 10 469 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер - 102 мың теңге;</w:t>
+      салықтық емес түсімдер – 61 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер - 104 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 448 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 58 413 мың теңге;</w:t>
+      арнаулы түсімдер - 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 72 093,4 мың теңге;</w:t>
+      трансферттер түсімі - 59 413 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар – 73 727,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -490,161 +612,161 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) - -3 336,2 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) - -3 336,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 3 336,2 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3 336,4 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздар түсімі - 0 теңге;</w:t>
+      қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары - 3 336,2 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 3 336,4 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 04.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 274</w:t>
+        <w:t>№ 345</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1327,61 +1449,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Үшқұдық ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 04.03.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 274</w:t>
+        <w:t>№ 345</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1445,69 +1567,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2122,51 +2227,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 757</w:t>
+70 391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2299,51 +2404,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 138</w:t>
+10 469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2476,51 +2581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 040</w:t>
+4 812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2653,51 +2758,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 040</w:t>
+4 812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2830,51 +2935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 997</w:t>
+5 546</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3007,51 +3112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-193</w:t>
+148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3184,51 +3289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3361,51 +3466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 184</w:t>
+5 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3538,51 +3643,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 619</w:t>
+259</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3715,51 +3820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101</w:t>
+111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3892,51 +3997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101</w:t>
+111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4069,51 +4174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102</w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4246,51 +4351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63</w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4423,51 +4528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63</w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4600,51 +4705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4777,51 +4882,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4954,51 +5059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104</w:t>
+448</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5131,51 +5236,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104</w:t>
+448</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5308,51 +5413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104</w:t>
+448</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5662,51 +5767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 413</w:t>
+59 413</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5839,51 +5944,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 413</w:t>
+59 413</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6016,51 +6121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 413</w:t>
+59 413</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6126,51 +6231,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6980,51 +7085,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72 093,4</w:t>
+73 727,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7189,51 +7294,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 959,2</w:t>
+42 484,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7398,51 +7503,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 959,2</w:t>
+42 484,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7607,51 +7712,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 959,2</w:t>
+42 484,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7816,469 +7921,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 959,2</w:t>
+41 484,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-10 792</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-10 792</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 751</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8298,196 +8403,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-10 792</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 751</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8539,164 +8644,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-4 386</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 751</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8789,123 +8894,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-3 779</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 386</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8998,541 +9103,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-2 627</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-23 342</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 850</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-23 342</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9552,196 +9657,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-23 342</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9793,50 +9898,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9906,51 +10220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 342</w:t>
+16 492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11260,69 +11574,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12405,51 +12702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13673,51 +13970,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--3 336,2</w:t>
+-3 336,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13878,51 +14175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 336,2</w:t>
+3 336,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -13986,69 +14283,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15131,51 +15411,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16306,69 +16586,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16987,51 +17250,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 336,2</w:t>
+3 336,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17164,51 +17427,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 336,2</w:t>
+3 336,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17341,51 +17604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 336,2</w:t>
+3 336,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -48007,55 +48270,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>