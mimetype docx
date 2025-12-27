--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="504507e" w14:textId="504507e">
+    <w:p w14:paraId="53630a7" w14:textId="53630a7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,60 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Қарахобда ауылдық округінің бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Алға аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 249 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің 85 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -278,51 +285,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Қарахобда ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -357,67 +363,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 269 960 мың теңге:</w:t>
+      1) кірістер – 472 134 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 5 259 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -463,69 +468,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арнаулы түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 263 741 мың теңге;</w:t>
+      трансферттер түсімі - 465 915 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 273 004,7 мың теңге;</w:t>
+      2) шығындар – 475 178,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -607,51 +612,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті – - 3 044,7 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті)– - 3 044,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3 044,7 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -707,107 +712,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 01.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 320</w:t>
+        <w:t>№ 340</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округі бюджетінің кірісіне есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төлем көзінен салық салынбайтын табыстардан ұсталатын жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -962,90 +967,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалдау құқығын сатқаны үшін төлем;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті бюджетке түсетін басқа да салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленгені еске және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылдың 1 қаңтарынан бастап:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1074,166 +1079,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жәрдемақыларды және өзге де әлеуметтік төлемдерді есептеу, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес айыппұл санкцияларын, салықтарды және басқа да төлемдерді қолдану үшін айлық есептік көрсеткіш - 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен берілетін субвенция көлемі – 39 446 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған ауылдық округ бюджетіне республикалық бюджеттен ағымдағы нысаналы трансферт түскені ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға – 56 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен ағымдағы нысаналы трансферт түскені ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автомобиль жолдарын күрделі және орташа жөндеуге – 224 239 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1482,61 +1487,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қарақобда ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 01.10.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 320</w:t>
+        <w:t>№ 340</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1600,69 +1605,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2277,51 +2265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-269 960</w:t>
+472 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5463,51 +5451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-263 741</w:t>
+465 915</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5640,51 +5628,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-263 741</w:t>
+465 915</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5817,51 +5805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-263 741</w:t>
+465 915</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5927,51 +5915,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6781,51 +6769,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-273 004,7</w:t>
+475 178,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6990,51 +6978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 359</w:t>
+33 565,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7199,51 +7187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 359</w:t>
+33 565,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7408,51 +7396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 359</w:t>
+33 565,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7617,469 +7605,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 359</w:t>
+32 565,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-9 226,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекеменің күрделі шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-9 226,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 020,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8099,196 +8087,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-9 226,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 020,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8340,164 +8328,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2 122</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 020,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8590,123 +8578,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-1 757</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 125,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8799,541 +8787,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-3 864,7</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 062,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-232 419</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 832,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-232 419</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+433 593</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9353,196 +9341,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-232 419</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+433 593</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9594,164 +9582,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-6 562</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+433 593</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9844,50 +9832,259 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 562</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9916,51 +10113,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-225 857</w:t>
+427 031</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10434,69 +10631,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11579,51 +11759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13160,69 +13340,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14305,51 +14468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15480,69 +15643,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>