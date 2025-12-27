--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dfa3da6" w14:textId="dfa3da6">
+    <w:p w14:paraId="0e92ee7" w14:textId="0e92ee7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Бестамақ ауылдық округінің бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Алға аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 245 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің 85 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -285,50 +278,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Бестамақ ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -363,66 +357,67 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 89 287 мың теңге:</w:t>
+      1) кірістер – 90 287 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 34 281 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -468,69 +463,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арнаулы түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 49 002 мың теңге;</w:t>
+      трансферттер түсімі - 50 002 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 123 085,4 мың теңге;</w:t>
+      2) шығындар – 124 085,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -712,107 +707,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 01.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 316</w:t>
+        <w:t>№ 336</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округі бюджетінің кірісіне есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төлем көзінен салық салынбайтын табыстардан ұсталатын жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -967,90 +962,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалдау құқығын сатқаны үшін төлем;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті бюджетке түсетін басқа да салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленгені еске және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылдың 1 қаңтарынан бастап:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1079,128 +1074,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жәрдемақыларды және өзге де әлеуметтік төлемдерді есептеу, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес айыппұл санкцияларын, салықтарды және басқа да төлемдерді қолдану үшін айлық есептік көрсеткіш - 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округ бюджетіне аудандық бюджеттен берілетін субвенция көлемі – 48 946 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған ауылдық округ бюджетіне республикалық бюджеттен ағымдағы нысаналы трансферт түскені ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға – 56 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1449,61 +1444,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бестамақ ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 01.10.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 316</w:t>
+        <w:t>№ 336</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1567,52 +1562,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2227,51 +2239,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89 287</w:t>
+90 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2581,51 +2593,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19 482</w:t>
+18 673</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2758,51 +2770,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19 482</w:t>
+18 673</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2935,51 +2947,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 797</w:t>
+14 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3112,51 +3124,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-284</w:t>
+151</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3289,51 +3301,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152</w:t>
+134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3466,51 +3478,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 108</w:t>
+13 153</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3643,51 +3655,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 253</w:t>
+1 438</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3820,51 +3832,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 002</w:t>
+732</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3997,51 +4009,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 002</w:t>
+732</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4351,51 +4363,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-334</w:t>
+294</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4528,51 +4540,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-334</w:t>
+294</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4705,51 +4717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 390</w:t>
+1 430</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4882,51 +4894,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 390</w:t>
+1 430</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5413,51 +5425,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 128</w:t>
+3 801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5590,51 +5602,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 152</w:t>
+479</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5767,51 +5779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 002</w:t>
+50 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5944,51 +5956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 002</w:t>
+50 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6121,51 +6133,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 002</w:t>
+50 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6231,51 +6243,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Cомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7049,87 +7061,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II. Шығындар</w:t>
-[...35 lines deleted...]
-123 085,4</w:t>
+II.Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124 085,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7294,51 +7306,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 979,8</w:t>
+56 282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7503,51 +7515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 979,8</w:t>
+56 282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7712,51 +7724,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 979,8</w:t>
+56 282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7921,51 +7933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 870,6</w:t>
+55 172,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8130,51 +8142,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109,2</w:t>
+1 109,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8339,51 +8351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 392,6</w:t>
+46 090,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8548,51 +8560,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 392,6</w:t>
+46 090,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8757,51 +8769,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 392,6</w:t>
+46 090,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8966,51 +8978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 846,2</w:t>
+7 546,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9384,51 +9396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 046,8</w:t>
+35 044,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10947,52 +10959,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12075,51 +12104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Cомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13656,52 +13685,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14784,51 +14830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Cомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15959,52 +16005,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>