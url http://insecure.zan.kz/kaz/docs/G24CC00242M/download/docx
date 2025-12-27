--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e6a8500" w14:textId="e6a8500">
+    <w:p w14:paraId="ae7cf46" w14:textId="ae7cf46">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Алға қаласының бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Алға аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 242 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің 85 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -285,50 +278,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Алға қаласы бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -363,120 +357,121 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 997 664,3 мың теңге:</w:t>
+      1) кірістер – 1 011 807,3 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 229 059 мың теңге;</w:t>
+      салықтық түсімдер – 237 231 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 964 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер - 14 977 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер - 20 948 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арнаулы түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -486,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі - 752 664,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1 015 737,2 мың теңге;</w:t>
+      2) шығындар – 1 029 880,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу- 0 теңге:</w:t>
+      3) таза бюджеттік кредиттеу - 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -712,107 +707,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 01.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 314</w:t>
+        <w:t>№ 333</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қала бюджетінің кірісіне есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төлем көзінен салық салынбайтын табыстардан ұсталатын жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -967,90 +962,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалдау құқығын сатқаны үшін төлем;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті бюджетке түсетін басқа да салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленгені еске және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылдың 1 қаңтарынан бастап:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1079,128 +1074,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жәрдемақыларды және өзге де әлеуметтік төлемдерді есептеу, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес айыппұл санкцияларын, салықтарды және басқа да төлемдерді қолдану үшін айлық есептік көрсеткіш - 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған қала бюджетіне аудандық бюджеттен берілетін субвенция көлемі – 253 193 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған қала бюджетіне республикалық бюджеттен ағымдағы нысаналы трансферт түскені ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға – 318 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған қала бюджетіне аудандық бюджеттен ағымдағы нысаналы трансферттер түскені ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендердегі көшелерді жарықтандыруға – 24 284 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1211,70 +1206,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерді абаттандыру мен көгалдандыруға – 175 192 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз етуге – 42 242 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1523,61 +1518,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Алға қаласының бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 01.10.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 314</w:t>
+        <w:t>№ 333</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1641,52 +1636,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2301,51 +2313,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-997 664,3</w:t>
+1 011 807,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2478,51 +2490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-229 059</w:t>
+237 231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2655,51 +2667,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-164 295</w:t>
+163 707</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2832,51 +2844,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-164 295</w:t>
+163 707</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3009,51 +3021,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 927</w:t>
+66 761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3186,51 +3198,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 677</w:t>
+2 189</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3540,51 +3552,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 950</w:t>
+63 272</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3894,51 +3906,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 837</w:t>
+6 763</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4071,51 +4083,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 837</w:t>
+6 763</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4779,51 +4791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 977</w:t>
+20 948</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4956,51 +4968,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 977</w:t>
+20 948</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5133,51 +5145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 400</w:t>
+13 371</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5951,51 +5963,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Cомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6769,87 +6781,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II.Шығындар</w:t>
-[...35 lines deleted...]
-1 015 737,2</w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 029 880,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8059,51 +8071,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-393 656,6</w:t>
+403 606,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8268,51 +8280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-393 656,6</w:t>
+403 606,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8477,51 +8489,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-393 656,6</w:t>
+403 606,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8686,51 +8698,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-159 624,7</w:t>
+169 574,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9313,51 +9325,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-469 284,2</w:t>
+473 477,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9522,51 +9534,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-469 284,2</w:t>
+473 477,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9731,51 +9743,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-469 284,2</w:t>
+473 477,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10149,51 +10161,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-313 076</w:t>
+317 269</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11503,52 +11515,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12631,51 +12660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Cомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14212,52 +14241,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15340,51 +15386,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Cомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16515,52 +16561,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>