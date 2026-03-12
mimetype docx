--- v1 (2025-12-27)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae7cf46" w14:textId="ae7cf46">
+    <w:p w14:paraId="7bac631" w14:textId="7bac631">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,60 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Алға қаласының бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Алға аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 242 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің 85 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -278,51 +285,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Алға қаласы бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -357,67 +363,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 1 011 807,3 мың теңге:</w:t>
+      1) кірістер – 1 004 436,5 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 237 231 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -463,69 +468,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арнаулы түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 752 664,3 мың теңге;</w:t>
+      трансферттер түсімі - 745 293,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1 029 880,2 мың теңге;</w:t>
+      2) шығындар – 1 024 608,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -607,51 +612,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) - - 18 072,9 теңге;</w:t>
+      5) бюджет тапшылығы (профициті)- - 18 072,9 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 18 072,9 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -707,107 +712,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 333</w:t>
+        <w:t>№ 354</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қала бюджетінің кірісіне есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төлем көзінен салық салынбайтын табыстардан ұсталатын жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -962,90 +967,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалдау құқығын сатқаны үшін төлем;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті бюджетке түсетін басқа да салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының "2025-2027 жылдарға арналған республикалық бюджет туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленгені еске және басшылыққа алынсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылдың 1 қаңтарынан бастап:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1074,128 +1079,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жәрдемақыларды және өзге де әлеуметтік төлемдерді есептеу, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес айыппұл санкцияларын, салықтарды және басқа да төлемдерді қолдану үшін айлық есептік көрсеткіш - 3 932 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) базалық әлеуметтік төлемдердің мөлшерлерін есептеу үшін ең төмен күнкөріс деңгейінің шамасы – 46 228 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған қала бюджетіне аудандық бюджеттен берілетін субвенция көлемі – 253 193 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған қала бюджетіне республикалық бюджеттен ағымдағы нысаналы трансферт түскені ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға – 318 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған қала бюджетіне аудандық бюджеттен ағымдағы нысаналы трансферттер түскені ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендердегі көшелерді жарықтандыруға – 24 284 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1206,70 +1211,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерді абаттандыру мен көгалдандыруға – 175 192 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз етуге – 42 242 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1518,61 +1523,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Алға қаласының бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 333</w:t>
+        <w:t>№ 354</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1636,69 +1641,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2313,51 +2301,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 011 807,3</w:t>
+1 004 436,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5499,51 +5487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-752 664,3</w:t>
+745 293,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5676,51 +5664,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-752 664,3</w:t>
+745 293,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5853,51 +5841,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-752 664,3</w:t>
+745 293,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5963,51 +5951,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6817,51 +6805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 029 880,2</w:t>
+1 024 608,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7026,51 +7014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152 795,5</w:t>
+179 727,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7235,51 +7223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152 795,5</w:t>
+179 727,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7444,51 +7432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152 795,5</w:t>
+179 727,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7653,51 +7641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147 355,5</w:t>
+174 290,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7862,51 +7850,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 440</w:t>
+5 436,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8071,51 +8059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-403 606,6</w:t>
+399 324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8280,51 +8268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-403 606,6</w:t>
+399 324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8489,51 +8477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-403 606,6</w:t>
+399 324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8698,51 +8686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-169 574,7</w:t>
+166 437,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8907,51 +8895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 292</w:t>
+56 261</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9116,51 +9104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175 739,9</w:t>
+176 625,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9325,51 +9313,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-473 477,2</w:t>
+445 555,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9534,51 +9522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-473 477,2</w:t>
+445 555,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9743,51 +9731,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-473 477,2</w:t>
+445 555,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9952,51 +9940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-156 208,2</w:t>
+134 958,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10161,51 +10149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-317 269</w:t>
+310 597</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11515,69 +11503,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12660,51 +12631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14241,69 +14212,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14601,51 +14555,61 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15386,51 +15350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16561,69 +16525,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -48137,55 +48084,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>