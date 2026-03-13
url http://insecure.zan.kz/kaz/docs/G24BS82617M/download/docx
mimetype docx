--- v0 (2025-11-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0a9a97e" w14:textId="0a9a97e">
+    <w:p w14:paraId="1ba0df0" w14:textId="1ba0df0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -188,51 +188,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 11.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8С-33/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -313,141 +313,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 45593,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 57996,2 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 18059,0 мың теңге;</w:t>
+      салықтық түсімдер – 15939,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 2119,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 27534,0 мың теңге;</w:t>
+      трансферттердің түсімдері – 39937,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 46387,9 мың теңге;</w:t>
+      2) шығындар – 58791,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -575,61 +575,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 11.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-33/3</w:t>
+        <w:t>№ 8С-38/7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1095,61 +1095,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ұрымқай ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 11.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-33/3</w:t>
+        <w:t>№ 8С-38/7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1214,51 +1214,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сома,</w:t>
+Сома</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1946,51 +1946,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45593,0</w:t>
+57996,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2123,51 +2123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18059,0</w:t>
+15939,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2300,51 +2300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7994,0</w:t>
+5689,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2477,51 +2477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7994,0</w:t>
+5689,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2654,51 +2654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9545,0</w:t>
+9959,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2831,51 +2831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-493,0</w:t>
+560,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3008,51 +3008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79,0</w:t>
+49,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3185,51 +3185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8685,0</w:t>
+8796,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3362,51 +3362,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-288,0</w:t>
+553,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3539,51 +3539,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-520,0</w:t>
+289,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3716,51 +3716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-520,0</w:t>
+289,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4070,228 +4070,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+2119,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-27534,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жерді сату </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2119,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4311,571 +4311,520 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-27534,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер учаскелерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2119,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...285 lines deleted...]
-мың теңге</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39937,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39937,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4904,432 +4853,339 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (аудандық маңызы бар қала) бюджеттен түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39937,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...130 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...154 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5358,503 +5214,430 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-35496,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5906,309 +5689,305 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-35496,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58791,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07</w:t>
-[...135 lines deleted...]
-5805,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37294,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6341,51 +6120,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5805,0</w:t>
+37294,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6446,300 +6225,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-5037,0</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37294,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-600,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15317,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6759,341 +6538,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-168,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15317,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-5086,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй көшелерін жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5037,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7113,164 +6892,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-5086,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7331,123 +7110,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-5086,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8168,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7499,305 +7278,309 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...135 lines deleted...]
-0,1</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7930,51 +7713,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,1</w:t>
+6180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8035,123 +7818,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...71 lines deleted...]
-0,0</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8243,261 +8026,265 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-0,0</w:t>
+              <w:t xml:space="preserve">
+III. Таза бюджеттiк кредиттеу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8517,160 +8304,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8722,128 +8513,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысаналы пайдаланылмаған (толық пайдаланылмаған) трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8935,52 +8730,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер </w:t>
+              <w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9109,87 +8904,779 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Қаржы активтерiмен операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 V. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--794,9</w:t>
+794,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26353,55 +26840,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>