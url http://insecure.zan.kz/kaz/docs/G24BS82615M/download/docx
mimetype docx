--- v0 (2025-11-10)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2070f8c" w14:textId="2070f8c">
+    <w:p w14:paraId="66c06c6" w14:textId="66c06c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,94 +112,166 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақмола облысы Бурабай аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 8С-26/15 шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Бюджет кодексінің 9-1-бабының </w:t>
+      Қазақстан Республикасының Бюджет кодексінің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармағына</w:t>
+        <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының 2-тармағының </w:t>
+        <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-7) тармақшасына</w:t>
+        <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, Бурабай аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
+        <w:t xml:space="preserve"> сәйкес, Бурабай аудандық мәслихаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Ескерту. Кіріспе жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-36/9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Бурабай ауданының Кенесары ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,69 +323,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 62232,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 67445,7 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 33515,0 мың теңге;</w:t>
+      салықтық түсімдер – 38728,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -341,51 +413,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттердің түсімдері – 28717,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 68630,8 мың теңге;</w:t>
+      2) шығындар – 73844,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -513,61 +585,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 28.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/9</w:t>
+        <w:t>№ 8С-36/9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1033,61 +1105,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Кенесары ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 28.03.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/9</w:t>
+        <w:t>№ 8С-36/9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1152,51 +1224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома,</w:t>
+сома,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1884,51 +1956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62232,0</w:t>
+67445,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2061,51 +2133,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33515,0</w:t>
+38728,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2238,51 +2310,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22735,0</w:t>
+27295,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2415,51 +2487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22735,0</w:t>
+27295,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2592,51 +2664,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10113,0</w:t>
+10766,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2946,51 +3018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-108,0</w:t>
+174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3123,51 +3195,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7761,0</w:t>
+8326,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3300,51 +3372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1610,0</w:t>
+1632,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4662,51 +4734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома,</w:t>
+сома,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5394,51 +5466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68630,8</w:t>
+73844,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5571,51 +5643,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38505,1</w:t>
+38964,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5748,51 +5820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38505,1</w:t>
+38964,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5925,51 +5997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37873,6</w:t>
+38332,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6279,51 +6351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25403,7</w:t>
+26159,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6456,51 +6528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25403,7</w:t>
+26159,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7019,373 +7091,373 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-4722,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+756,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-4722,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7405,50 +7477,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8720,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7518,51 +7767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4722,0</w:t>
+8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25153,55 +25402,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -25527,31 +25776,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>