--- v1 (2025-12-29)
+++ v2 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="66c06c6" w14:textId="66c06c6">
+    <w:p w14:paraId="e1f80cb" w14:textId="e1f80cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -323,69 +323,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 67445,7 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 68595,3 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 38728,7 мың теңге;</w:t>
+      салықтық түсімдер – 39878,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -413,51 +413,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттердің түсімдері – 28717,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 73844,5 мың теңге;</w:t>
+      2) шығындар – 74994,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -585,61 +585,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-36/9</w:t>
+        <w:t>№ 8С-38/6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1105,139 +1105,140 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Кенесары ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-36/9</w:t>
+        <w:t>№ 8С-38/6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1253,51 +1254,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1340,83 +1342,84 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1459,147 +1462,148 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1609,7563 +1613,7561 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-67445,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68595,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-38728,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39878,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-27295,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28440,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-27295,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28440,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-10766,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11037,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-634,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+416,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көлiк құралдарына салынатын салық </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-8326,2</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8613,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1632,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1833,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-667,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-667,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28717,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28717,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық (аудандық маңызы бар қала) бюджеттен түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28717,0</w:t>
-            </w:r>
-[...139 lines deleted...]
-мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...125 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...175 lines deleted...]
-          </w:p>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-73844,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-38964,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74994,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-38964,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-38332,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-631,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38632,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-26159,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік мекеменің күрделі шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+631,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-26159,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27009,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-14803,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27009,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-600,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй көшелерін жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15653,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-10000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-756,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-8720,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+756,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+III. Таза бюджеттiк кредиттеу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Қаржы активтерiмен операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
--6398,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-6398,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджеттің тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25402,55 +25404,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>