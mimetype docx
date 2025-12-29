--- v0 (2025-11-11)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dbfb60a" w14:textId="dbfb60a">
+    <w:p w14:paraId="6cd39ca" w14:textId="6cd39ca">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,94 +112,166 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақмола облысы Бурабай аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 8С-26/14 шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Бюджет кодексінің 9-1-бабының </w:t>
+      Қазақстан Республикасының Бюджет кодексінің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармағына</w:t>
+        <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының 6-бабының 2-тармағының </w:t>
+        <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармағына</w:t>
+        <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, Бурабай аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
+        <w:t xml:space="preserve"> сәйкес, Бурабай аудандық мәслихаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-36/8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Бурабай ауданының Қатаркөл ауылдық округінің бюджеті, тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -249,141 +321,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 170898,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 408233,1 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 59770,0 мың теңге;</w:t>
+      салықтық түсімдер – 59954,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 230,0 мың теңге;</w:t>
+      салықтық емес түсімдер – 1286,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 2479,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттерден түсетін түсімдер – 110898,0 мың теңге;</w:t>
+      трансферттерден түсетін түсімдер –344513,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 186118,7 мың теңге;</w:t>
+      2) шығындар – 423453,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -511,61 +583,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 28.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/8</w:t>
+        <w:t>№ 8С-36/8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1031,61 +1103,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қатаркөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 28.03.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/8</w:t>
+        <w:t>№ 8С-36/8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1150,51 +1222,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома,</w:t>
+сома,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1882,51 +1954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-170898,0</w:t>
+409701,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2059,51 +2131,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59770,0</w:t>
+59954,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2590,51 +2662,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17082,0</w:t>
+17266,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3121,51 +3193,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13037,0</w:t>
+13221,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3825,51 +3897,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-230,0</w:t>
+1286,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4211,550 +4283,546 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру инфрақұрылымын қолдау қорына түсетін түсімдерді қоспағанда, жергілікті бюджетке түсетін басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1056,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-110898,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру инфрақұрылымын қолдау қорына түсетін түсімдерді қоспағанда, жергілікті бюджетке түсетін басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1056,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-110898,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2479,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4774,50 +4842,758 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер және материалдық емес учаскелерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2479,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер учаскелерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2479,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+344513,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+344513,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4887,51 +5663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110898,0</w:t>
+344513,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5010,51 +5786,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома,</w:t>
+сома,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5742,51 +6518,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-186118,7</w:t>
+423453,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5919,51 +6695,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61401,7</w:t>
+62804,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6096,51 +6872,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-164422,7</w:t>
+62804,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6273,89 +7049,93 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-164422,7</w:t>
+62804,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+402</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6450,51 +7230,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103021,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6627,51 +7407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13521,0</w:t>
+14277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6804,51 +7584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13521,0</w:t>
+14277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7367,337 +8147,337 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-8175,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+756,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7753,50 +8533,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8175,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7867,50 +8824,581 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8175,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338197,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338197,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-ел бесігі" жобасы шеңберінде ауылдық елді мекендерде әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338197,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>