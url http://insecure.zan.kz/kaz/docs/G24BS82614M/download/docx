--- v1 (2025-12-29)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6cd39ca" w14:textId="6cd39ca">
+    <w:p w14:paraId="356a9e4" w14:textId="356a9e4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -375,51 +375,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 1286,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 2479,5 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер –2479,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттерден түсетін түсімдер –344513,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -583,61 +583,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-36/8</w:t>
+        <w:t>№ 8С-38/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1103,139 +1103,142 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қатаркөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-36/8</w:t>
+        <w:t>№ 8С-38/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1251,51 +1254,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1321,9438 +1325,9498 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-409701,8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+408223,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59954,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-42412,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42532,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-42412,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42532,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17266,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 848,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көлiк құралдарына салынатын салық </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13221,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 197,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-276,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін төлемақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-276,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1286,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1056,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1056,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2479,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер және материалдық емес учаскелерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2479,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2479,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 344513,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 344513,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық (облыстық маңызы бар қаланың) бюджеттен берілетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 344513,1</w:t>
-            </w:r>
-[...139 lines deleted...]
-мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...125 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...175 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-423453,8</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-62804,2</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+423453,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62804,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62804,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...169 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62804,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-14277,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-14277,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-13321,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-200,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14064,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-756,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-8175,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+756,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-8175,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7432,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-8175,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7432,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-338197,6</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7432,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 338197,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 338197,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-ел бесігі" жобасы шеңберінде ауылдық елді мекендерде әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338197,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+III. Таза бюджеттiк кредиттеу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Қаржы активтерiмен операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
--15220,7</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-15220,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджеттің тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>