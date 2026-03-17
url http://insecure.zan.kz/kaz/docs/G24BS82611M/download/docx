--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="53701bd" w14:textId="53701bd">
+    <w:p w14:paraId="d9ef854" w14:textId="d9ef854">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,94 +112,166 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақмола облысы Бурабай аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 8С-26/11 шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Бюджет кодексінің 9-1-бабының </w:t>
+      Қазақстан Республикасының Бюджет кодексінің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармағына</w:t>
+        <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының 6-бабының 2-тармағының </w:t>
+        <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармағына</w:t>
+        <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, Бурабай аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
+        <w:t xml:space="preserve"> сәйкес, Бурабай аудандық мәслихаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-36/5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Бурабай ауданының Веденов ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,69 +323,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 55217,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 98439,5 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 6649,0 мың теңге;</w:t>
+      салықтық түсімдер – 6999,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -323,69 +395,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 48568,0 мың теңге;</w:t>
+      трансферттердің түсімдері – 91440,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 56498,5 мың теңге;</w:t>
+      2) шығындар – 99721,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -513,61 +585,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 28.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/6</w:t>
+        <w:t>№ 8С-36/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1033,61 +1105,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Веденов ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 28.03.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/6</w:t>
+        <w:t>№ 8С-36/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1152,51 +1224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома,</w:t>
+сома,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1884,51 +1956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55217,0</w:t>
+98439,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2061,51 +2133,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6649,0</w:t>
+6999,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2238,51 +2310,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2743,0</w:t>
+3039,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2415,51 +2487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2743,0</w:t>
+3039,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4185,51 +4257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48568,0</w:t>
+91440,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4362,51 +4434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48568,0</w:t>
+91440,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4539,51 +4611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48568,0</w:t>
+91440,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4662,51 +4734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома,</w:t>
+сома,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5394,51 +5466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56498,5</w:t>
+99721,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5571,51 +5643,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32216,1</w:t>
+33294,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5748,51 +5820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32216,1</w:t>
+33294,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5925,51 +5997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32216,1</w:t>
+33294,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6102,51 +6174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+621,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6279,51 +6351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18934,3</w:t>
+61078,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6456,51 +6528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18934,3</w:t>
+61078,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6633,51 +6705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3425,0</w:t>
+29938,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6810,51 +6882,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2109,3</w:t>
+15050,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6987,51 +7059,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13400,0</w:t>
+15333,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+756,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>