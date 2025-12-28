--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a3dd1e9" w14:textId="a3dd1e9">
+    <w:p w14:paraId="2709d6c" w14:textId="2709d6c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -321,105 +321,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 84 009,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 125 122,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 6 380,0 мың теңге;</w:t>
+      салықтық түсімдер – 8 680,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 77 629,0 мың теңге;</w:t>
+      трансферттер түсімдері – 116 442,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 85 254,3 мың теңге;</w:t>
+      2) шығындар – 126 367,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -447,89 +447,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 245,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 1 245,3 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1 245,3 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 16.06.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 20.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 356/46-8</w:t>
+        <w:t>№ 391/50-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1381,61 +1381,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тасты ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 16.06.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 20.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ 356/46-8 </w:t>
+        <w:t>№ 391/50-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2177,51 +2177,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84 009,0</w:t>
+125 122,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2354,51 +2354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 380,0</w:t>
+8 680,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2531,51 +2531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 800,0</w:t>
+4 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2708,51 +2708,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 800,0</w:t>
+4 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4124,51 +4124,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77 629,0</w:t>
+116 442,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4301,51 +4301,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77 629,0</w:t>
+116 442,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4478,51 +4478,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77 629,0</w:t>
+116 442,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5278,51 +5278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85 254,3</w:t>
+126 367,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5455,51 +5455,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 575,0</w:t>
+33 875,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5632,51 +5632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 575,0</w:t>
+33 875,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5809,51 +5809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 575,0</w:t>
+33 875,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5986,51 +5986,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 191,3</w:t>
+86 642,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6163,51 +6163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 191,3</w:t>
+86 642,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6340,51 +6340,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 646,0</w:t>
+28 646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6517,51 +6517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 545,3</w:t>
+57 996,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6694,51 +6694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 488,0</w:t>
+5 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6871,51 +6871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 488,0</w:t>
+5 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7048,51 +7048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 488,0</w:t>
+5 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21540,61 +21540,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған аудандық бюджеттен нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 16.06.2025 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 20.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 356/46-8</w:t>
+        <w:t>№ 391/50-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -21826,51 +21826,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77 629,0</w:t>
+116 442,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21903,51 +21903,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77 629,0</w:t>
+116 442,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22134,51 +22134,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 700,0</w:t>
+56 151,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22211,51 +22211,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 138,0</w:t>
+5 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>