--- v0 (2025-12-28)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="193143e" w14:textId="193143e">
+    <w:p w14:paraId="f4d330a" w14:textId="f4d330a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -323,69 +323,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 498 762,7 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 491 162,7 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 124 072,5 мың теңге;</w:t>
+      салықтық түсімдер – 116 472,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 46 511,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -395,51 +395,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттердің түсімдері – 328 178,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 534 762,7 мың теңге;</w:t>
+      2) шығындар – 527 162,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -495,61 +495,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 20.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 390/50-8</w:t>
+        <w:t>№ 415/55-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1352,89 +1352,7694 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Талапкер ауылының 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 20.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 390/50-8</w:t>
+        <w:t>№ 415/55-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+491 162,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116 472,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 637,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 637,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 320,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 820,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 277,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 222,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+515,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+515,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 511,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 511,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 567,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 944,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферттердің түсімдері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328 178,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328 178,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328 178,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+527 162,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 635,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 635,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 635,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+380 527,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+380 527,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+310 327,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70 200,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Қаржы активтерімен операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+V. Бюджет тапшылығы (профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-36 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Целиноград аудандық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 296/36-8 шешіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Талапкер ауылының 2026 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
@@ -2148,51 +9753,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-498 762,7</w:t>
+268 338,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2325,51 +9930,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124 072,5</w:t>
+51 784,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2502,51 +10107,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88 921,0</w:t>
+25 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2679,51 +10284,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88 921,0</w:t>
+25 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2856,51 +10461,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 636,2</w:t>
+26 784,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3033,51 +10638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 820,4</w:t>
+3 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3210,51 +10815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 277,0</w:t>
+1 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3387,228 +10992,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 538,8</w:t>
+22 684,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-515,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3628,341 +11233,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-515,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-46 511,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3982,341 +11587,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-46 511,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-44 567,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферттердің түсімдері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+189 054,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4336,549 +11941,195 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 944,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+189 054,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...352 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4980,51 +12231,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-328 178,7</w:t>
+189 054,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5780,51 +13031,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-534 762,7</w:t>
+268 338,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5957,51 +13208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 235,5</w:t>
+55 187,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6134,51 +13385,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 235,5</w:t>
+55 187,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6311,51 +13562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 235,5</w:t>
+55 187,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6488,51 +13739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-390 527,2</w:t>
+163 151,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6665,51 +13916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-390 527,2</w:t>
+163 151,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6842,51 +14093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-320 327,2</w:t>
+113 151,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7019,51 +14270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 200,0</w:t>
+50 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7196,51 +14447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81 000,0</w:t>
+50 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7373,51 +14624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81 000,0</w:t>
+50 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7550,51 +14801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81 000,0</w:t>
+50 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8069,51 +15320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--36 000,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8242,582 +15493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 000,0</w:t>
-[...530 lines deleted...]
-36 000,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8957,74 +15677,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 296/36-8 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Талапкер ауылының 2026 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Талапкер ауылының 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15678,6821 +22398,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 296/36-8 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
-[...6719 lines deleted...]
-              </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған аудандық бюджеттен нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 20.10.2025 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 390/50-8</w:t>
+        <w:t>№ 415/55-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -23185,55 +23184,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>