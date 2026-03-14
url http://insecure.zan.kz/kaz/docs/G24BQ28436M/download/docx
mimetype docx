--- v0 (2025-12-28)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e6594f2" w14:textId="e6594f2">
+    <w:p w14:paraId="c218988" w14:textId="c218988">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -323,69 +323,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 98 230,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 105 605,9 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 93 337,4 мың теңге;</w:t>
+      салықтық түсімдер – 100 713,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізігі капиталды сатудан түсетін түсімдер – 4 892,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -395,51 +395,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттердің түсімдері – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 114 450,9 мың теңге;</w:t>
+      2) шығындар – 121 826,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -495,61 +495,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 21.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 401/53-8</w:t>
+        <w:t>№ 413/55-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1352,139 +1352,140 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қабанбай батыр ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 21.11.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 401/53-8</w:t>
+        <w:t>№ 413/55-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1500,51 +1501,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -1589,63 +1591,64 @@
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -1690,108 +1693,109 @@
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1801,2747 +1805,2762 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-98 230,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105 605,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-93 337,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 713,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-52 437,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 813,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-52 437,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 813,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 700,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 892,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4 892,6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 892,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферттердің түсімдері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4557,85 +4576,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4658,51 +4677,52 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -4760,95 +4780,96 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4858,3538 +4879,3558 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-114 450,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 826,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-49 528,0 </w:t>
+55 922,6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-49 528,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 922,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-49 528,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 922,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-45 402,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 494,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-45 402,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 494,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30 000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 085,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-15 402,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 409,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-19 520,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 409,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-19 520,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 409,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-19 520,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 409,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 IV. Қаржы активтерімен операциялар бойынша сальдо </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 V. Бюджет тапшылығы (профициті) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -16 220,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16 220,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16 220,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16 220,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20221,61 +20262,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған аудандық бюджеттен нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 21.11.2025 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - Ақмола облысы Целиноград аудандық мәслихатының 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 401/53-8</w:t>
+        <w:t>№ 413/55-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>