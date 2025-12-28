--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="44bd13e" w14:textId="44bd13e">
+    <w:p w14:paraId="f8685d6" w14:textId="f8685d6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,123 +251,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 681 142,5 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 674 944,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      салықтық түсімдер – 68 470,2 мың теңге; </w:t>
+      салықтық түсімдер – 68 136,6 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 543,9 мың теңге;</w:t>
+      салықтық емес түсімдер – 877,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 612 128,4 мың теңге;</w:t>
+      трансферттердің түсімдері – 605 929,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 682 604,5 мың теңге;</w:t>
+      2) шығындар – 676 406,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -423,61 +423,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Қорғалжын аудандық мәслихатының 14.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Қорғалжын аудандық мәслихатының 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4/37</w:t>
+        <w:t>№ 2/39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -885,89 +885,10672 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қорғалжын ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Қорғалжын аудандық мәслихатының 14.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Қорғалжын аудандық мәслихатының 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4/37</w:t>
+        <w:t>№ 2/39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. КІРІСТЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+674 944,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+САЛЫҚТЫҚ ТҮСІМДЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68 136,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 948,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 948,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 503,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 842,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+236,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 532,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+892,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+684,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+684,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+САЛЫҚТЫҚ ЕМЕС ТҮСІМДЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+877,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+820,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай секторы ұйымдарынан түсетін, бюджеттен тыс қорларға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+820,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТРАНСФЕРТТЕРДІҢ ТҮСІМДЕРІ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+605 929,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+605 929,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+605 929,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+676 406,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73 109,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73 109,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73 109,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 436,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 673,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+169 386,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+169 386,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+169 386,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 125,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердiң санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 826,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116 433,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+433 910,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+433 910,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+433 910,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 802,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116 061,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда,ауылдарда,кенттерде,ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+275 046,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІII. Қаржы активтері мен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 462,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығынқаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 462,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 462,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 462,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 462,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғалжын аудандық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 7/28 шешіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Қорғалжын ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
@@ -1095,52 +11678,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сыныбы</w:t>
+              <w:t xml:space="preserve">
+Сыныбы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1215,51 +11798,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кішісыныбы</w:t>
+Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1736,51 +12319,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-681 142,5</w:t>
+79 052,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1913,51 +12496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69 014,1</w:t>
+52 826,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2090,51 +12673,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 358,5</w:t>
+30 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2267,51 +12850,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 358,5</w:t>
+30 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2444,51 +13027,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 111,7</w:t>
+21 576,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2621,51 +13204,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 636,6</w:t>
+1 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2975,51 +13558,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 157,6</w:t>
+19 664,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3152,51 +13735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-885,5</w:t>
+480,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3646,162 +14229,162 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-САЛЫҚТЫҚ ЕМЕС ТҮСІМДЕР</w:t>
+              <w:t xml:space="preserve">
+САЛЫҚТЫҚ ЕМЕС ТҮСІМДЕР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-543,9</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3824,87 +14407,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+ТРАНСФЕРТТЕРДІҢ ТҮСІМДЕРІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-486,4</w:t>
+26 226,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3924,164 +14507,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұнай секторы ұйымдарынан түсетін, бюджеттен тыс қорларға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-486,4</w:t>
+26 226,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4101,872 +14684,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да салықтық емес түсiмдер </w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57,5</w:t>
-[...707 lines deleted...]
-612 128,4</w:t>
+26 226,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6029,51 +15904,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-682 604,5</w:t>
+79 052,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6238,51 +16113,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 109,7</w:t>
+43 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6411,87 +16286,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+Мемлекеттік басқарудың жалпы функцияларын орындайтын өкілді, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 109,7</w:t>
+43 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6656,51 +16531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 109,7</w:t>
+43 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6865,89 +16740,93 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 436,1</w:t>
+43 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6993,206 +16872,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органдардың күрделі шығыстары</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 673,6</w:t>
+27 787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7247,87 +17122,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғынүй-коммуналдық шаруашылық</w:t>
+Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171 820,7</w:t>
+27 787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7347,93 +17222,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7456,87 +17331,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді-мекендерді көркейту</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171 820,7</w:t>
+27 787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7588,164 +17463,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171 820,7</w:t>
+12 239,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7838,123 +17713,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
+009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
+Елдi мекендердiң санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 511,7</w:t>
+9 548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8047,161 +17922,165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
+011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елдi мекендердiң санитариясын қамтамасыз ету</w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 826,4</w:t>
+6 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8247,206 +18126,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-119 482,6</w:t>
+8 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8501,87 +18376,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
+Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-437 674,1</w:t>
+8 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8601,93 +18476,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8710,87 +18585,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автомобиль көлiгi</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-437 674,1</w:t>
+8 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8842,164 +18735,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-437 674,1</w:t>
+8 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9083,132 +18976,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+ІII. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 302,1</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9292,132 +19181,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122 325,6</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9501,132 +19386,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда,ауылдарда,кенттерде,ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-275 046,4</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9751,51 +19632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІII. Қаржы активтері мен операциялар бойынша сальдо</w:t>
+IV. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9956,1329 +19837,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+V. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
-            </w:r>
-[...1240 lines deleted...]
-1 462,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11418,74 +20057,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 7/28 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026 жылға арналған Қорғалжын ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2027 жылға арналған Қорғалжын ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12270,51 +20909,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 052,0</w:t>
+79 856,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14394,51 +23033,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 226,0</w:t>
+27 030,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14571,51 +23210,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 226,0</w:t>
+27 030,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14748,51 +23387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 226,0</w:t>
+27 030,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -15855,8640 +24494,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 052,0</w:t>
-[...8588 lines deleted...]
-              <w:t>
 79 856,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -28588,61 +28637,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған жоғары тұрған бюджеттерден нысаналы ағымдағы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - Ақмола облысы Қорғалжын аудандық мәслихатының 14.10.2025 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - Ақмола облысы Қорғалжын аудандық мәслихатының 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4/37</w:t>
+        <w:t>№ 2/39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -28667,141 +28716,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бюджеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома,</w:t>
-[...17 lines deleted...]
-мың теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28948,93 +29087,93 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-592 869,4</w:t>
+586 670,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қорғалжын ауылдық округінің әкімінің аппараты</w:t>
+Қорғалжын ауылдық округі әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29062,51 +29201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 229,3</w:t>
+30 729,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
@@ -30242,51 +30381,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122 325,6</w:t>
+116 061,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30569,51 +30708,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 600,0</w:t>
+5 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30678,51 +30817,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 526,4</w:t>
+12 970,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30896,51 +31035,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 000,0</w:t>
+26 721,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -30972,55 +31111,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>