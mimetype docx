--- v0 (2025-11-13)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d64c892" w14:textId="d64c892">
+    <w:p w14:paraId="05646c4" w14:textId="05646c4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Қорғалжын ауданының Сабынды ауылдық округінің бюджеті туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақмола облысы Қорғалжын аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 3/28 шешімі</w:t>
+        <w:t>Ақмола облысы Қорғалжын аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 3/28 шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің 9-1 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -251,123 +251,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 33 008,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 35 264,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      салықтық түсімдер – 10 996,0 мың теңге;</w:t>
+        <w:t xml:space="preserve">
+      салықтық түсімдер – 11 713,7 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 22 012,0 мың теңге;</w:t>
+      трансферттердің түсімі – 23 550,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 33 008,0 мың теңге;</w:t>
+      2) шығындар – 35 264,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -396,50 +396,112 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бюджет тапшылығы (профициті) – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0,0 мың теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Қорғалжын аудандық мәслихатының 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4/39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Сабынды ауылдық округінің бюджетінде аудан бюджетінен 18 888,0 мың тенге сомасында субвенция көзделгені есепке алынсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
@@ -808,50 +870,9173 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Сабынды ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Қорғалжын аудандық мәслихатының 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4/39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сыныбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. КІРІСТЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 264,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+САЛЫҚТЫҚ ТҮСІМДЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 713,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4 005,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 005,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 240,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+485,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+215,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 375,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 468,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 468,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТРАНСФЕРТТЕРДІҢ ТҮСІМДЕРІ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 550,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 550,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 550,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 264,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 005,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жалпы функцияларын орындайтын өкілді, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 005,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 005,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 005,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 260,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 260,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 260,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 620,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердiң санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+640,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 996,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 996,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 996,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 996,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті бюджет қаражаты есебінен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІII. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғалжын аудандық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 3/28 шешіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Сабынды ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1636,51 +10821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 008,0</w:t>
+31 672,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3760,51 +12945,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 012,0</w:t>
+20 676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3937,51 +13122,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 012,0</w:t>
+20 676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4114,51 +13299,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 012,0</w:t>
+20 676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5221,51 +14406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 008,0</w:t>
+31 672,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5430,51 +14615,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 559,0</w:t>
+26 513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5639,51 +14824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 559,0</w:t>
+26 513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5848,51 +15033,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 559,0</w:t>
+26 513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6057,51 +15242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 559,0</w:t>
+26 513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6266,51 +15451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 449,0</w:t>
+3 471,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6475,51 +15660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 449,0</w:t>
+3 471,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6684,51 +15869,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 449,0</w:t>
+3 471,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7102,51 +16287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-719,0</w:t>
+741,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7311,51 +16496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+1 688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7520,51 +16705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+1 688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7747,51 +16932,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+1 688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7956,51 +17141,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+1 688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9165,74 +18350,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 3/28 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026 жылға арналған Сабынды ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2027 жылға арналған Сабынды ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9844,51 +19029,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10017,51 +19202,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 672,0</w:t>
+31 724,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12141,51 +21326,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 676,0</w:t>
+20 728,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12318,51 +21503,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 676,0</w:t>
+20 728,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12495,51 +21680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 676,0</w:t>
+20 728,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -13602,51 +22787,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 672,0</w:t>
+31 724,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13811,51 +22996,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 513,0</w:t>
+26 543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14020,51 +23205,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 513,0</w:t>
+26 543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14229,51 +23414,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 513,0</w:t>
+26 543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14438,51 +23623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 513,0</w:t>
+26 543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14647,51 +23832,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 471,0</w:t>
+3 493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14856,51 +24041,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 471,0</w:t>
+3 493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15065,51 +24250,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 471,0</w:t>
+3 493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15483,51 +24668,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-741,0</w:t>
+763,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17546,8452 +26731,71 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 3/28 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
-[...8379 lines deleted...]
-              </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 жылға арналған жоғары тұрған бюджеттерден нысаналы ағымдағы трансферттер</w:t>
+        <w:t xml:space="preserve"> 2025 жылға арналған жоғары тұрған бюджеттерден нысаналы ағымдағы трансферттер </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -26007,141 +26811,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бюджеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома,</w:t>
-[...17 lines deleted...]
-мың тенге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26288,95 +27182,76 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 124,0</w:t>
+4 662,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сабынды ауылдық округі әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -26431,60 +27306,79 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 759,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26521,130 +27415,476 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сабынды, Қараегін және Алғабас ауылдарының жолдарын қардан тазалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 312,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ауылдық округтердің әкімдерін оқыту </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+457,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметкерлердің ел ішіндегі іссапар шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+403,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сабынды, Қараегін және Алғабас ауылдарының жолдарын қардан тазалау</w:t>
+Сабынды ауылында ветеринарлық пунктің жер телімінің жер-кадастрлық жұмыстарын жүргізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 312,0</w:t>
+678,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>