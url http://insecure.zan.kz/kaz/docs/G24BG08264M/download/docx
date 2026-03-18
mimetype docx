--- v0 (2025-11-10)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="445eff7" w14:textId="445eff7">
+    <w:p w14:paraId="66faa5d" w14:textId="66faa5d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -245,51 +245,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 22996,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 29853,0 мың теңге;</w:t>
+      2) шығындар – 31953,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -299,107 +299,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -2983,0 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -5083,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 2983,0 мың теңге.</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 5083,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бұланды аудандық мәслихатының 03.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бұланды аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-30/4</w:t>
+        <w:t>№ 8С-34/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -716,61 +716,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Амангелді ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бұланды аудандық мәслихатының 03.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бұланды аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-30/4</w:t>
+        <w:t>№ 8С-34/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -797,52 +797,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Санаты </w:t>
+              <w:t>
+Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1567,51 +1567,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 870,0</w:t>
+26870,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1744,51 +1744,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 874,0</w:t>
+3874,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1921,51 +1921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 400,0</w:t>
+1400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2098,51 +2098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 400,0</w:t>
+1400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2275,51 +2275,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 474,0</w:t>
+2421,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2452,51 +2452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-155,0</w:t>
+114,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2629,51 +2629,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14,0</w:t>
+1,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2806,125 +2806,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 305,0</w:t>
+2305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2947,87 +2947,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттер түсімі</w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 996,0</w:t>
+52,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3047,202 +3047,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 996,0</w:t>
+52,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3256,344 +3260,307 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+Трансферттер түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 996,0</w:t>
-[...122 lines deleted...]
-Сома</w:t>
+22996,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22996,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3622,432 +3589,321 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22996,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Функционалдық топ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...139 lines deleted...]
-          <w:p/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...154 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бюджеттік бағдарламалардың әкiмшiсi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4076,191 +3932,133 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағдарлама </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4315,264 +4113,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
-[...37 lines deleted...]
-          </w:p>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 387,0</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4624,173 +4407,169 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 387,0</w:t>
+31953,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07</w:t>
+01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4846,87 +4625,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 966,0</w:t>
+26480,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5059,51 +4838,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 966,0</w:t>
+26480,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5164,161 +4943,165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
+001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+26480,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5332,132 +5115,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 756,0</w:t>
+5322,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5477,164 +5256,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-360,0</w:t>
+5322,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5695,165 +5474,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
+008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-850,0</w:t>
+3081,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5867,128 +5642,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 600,0</w:t>
+1456,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6008,164 +5787,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 600,0</w:t>
+355,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6226,161 +6005,165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
+014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 600,0</w:t>
+429,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6434,88 +6217,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-III. Таза бюджеттік кредиттеу </w:t>
+              <w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6535,57 +6318,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6607,88 +6394,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-IV. Қаржы активтерiмен операциялар бойынша сальдо </w:t>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6740,128 +6527,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--5 083,0</w:t>
+150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6953,88 +6744,607 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+III. Таза бюджеттік кредиттеу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Қаржы активтерiмен операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-5083,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 083,0</w:t>
+5083,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -20129,55 +20439,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>