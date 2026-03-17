--- v0 (2025-11-09)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="202ddea" w14:textId="202ddea">
+    <w:p w14:paraId="e0884b0" w14:textId="e0884b0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -250,306 +250,324 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) кірістер – 18848 мың теңге, оның ішінде:</w:t>
+        <w:t xml:space="preserve">
+      1) кірістер – 18912,3 мың теңге, оның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 8361 мың теңге;</w:t>
+      салықтық түсімдер –8427,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 0 мың теңге;</w:t>
+      салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 10487 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 20707,4 мың теңге;</w:t>
+      трансферттердің түсімдері – 10485,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
+      2) шығындар – 20771,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттер – 0 мың теңге;</w:t>
+      3) таза бюджеттік кредиттеу – 0,0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
+      бюджеттік кредиттер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге;</w:t>
+      бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу – 0 мың теңге;</w:t>
+      қаржы активтерін сатып алу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
+      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -1859,4 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – 1859,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1859,4 мың теңге.</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1859,4.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Астрахан аудандық мәслихатының 18.02.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Астрахан аудандық мәслихатының 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-33-16</w:t>
+        <w:t>№ 8С-44-14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -937,61 +955,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ұзынкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Астрахан аудандық мәслихатының 18.02.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Астрахан аудандық мәслихатының 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-33-16</w:t>
+        <w:t>№ 8С-44-14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1019,106 +1037,156 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома,</w:t>
-[...17 lines deleted...]
-мың теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1603,51 +1671,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18848</w:t>
+18912,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1780,51 +1848,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8361</w:t>
+8427,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1957,51 +2025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-883</w:t>
+949,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2134,51 +2202,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-883</w:t>
+949,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3550,51 +3618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10487</w:t>
+10485</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3727,51 +3795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10487</w:t>
+10485</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3904,385 +3972,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10487</w:t>
-[...140 lines deleted...]
-мың теңге</w:t>
+10485</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Бюджеттік бағдарламалардың әкімшісі </w:t>
-[...14 lines deleted...]
-          <w:p/>
+Функционалдық топ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Бағдарлама </w:t>
+Бюджеттік бағдарламалардың әкімшісі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -4326,113 +4231,82 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағдарлама </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -4538,441 +4412,414 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II. ШЫҒЫНДАР</w:t>
-[...37 lines deleted...]
-          </w:p>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-17823,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20771,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-17823,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17908,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4992,518 +4839,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-17823,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17908,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1883,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17908,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-588</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1863,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5523,164 +5370,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-588</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1863,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5741,477 +5588,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-1295,7</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+568,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1295,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көлiк және коммуникация </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6231,164 +6078,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6440,128 +6287,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6654,87 +6505,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
-[...35 lines deleted...]
-0</w:t>
+III. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6827,87 +6678,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
-[...35 lines deleted...]
-0</w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7000,87 +6851,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
-[...35 lines deleted...]
-0</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7173,87 +7024,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
-[...35 lines deleted...]
-0</w:t>
+IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7346,87 +7197,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
-[...35 lines deleted...]
-0</w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7519,87 +7370,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 V. Бюджет тапшылығы (профицит)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1859,4</w:t>
+-1859,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>