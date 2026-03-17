--- v0 (2025-12-28)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3607ea2" w14:textId="3607ea2">
+    <w:p w14:paraId="73d6e93" w14:textId="73d6e93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -240,96 +240,334 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) кірістер – 29382,7мың теңге, оның ішінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      салықтық түсімдер – 9137,4 мың теңге;</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      трансферттердің түсімдері – 20245,3 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар – 31047,8 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) таза бюджеттік кредиттеу – 0,0 мың теңге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджеттік кредиттер – 0,0 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаржы активтерін сатып алу – 0,0 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бюджет тапшылығы (профициті) – 1665,1 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1665,1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Астрахан аудандық мәслихатының 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Астрахан аудандық мәслихатының 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-42-8</w:t>
+        <w:t>№ 8С-44-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -767,51 +1005,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Астрахан аудандық мәслихатының 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-42-8</w:t>
+        <w:t>№ 8С-44-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1423,51 +1661,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29387,0</w:t>
+31781.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1600,51 +1838,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9284,7</w:t>
+4125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1777,51 +2015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3605,0</w:t>
+1950</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1954,51 +2192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3605,0</w:t>
+1783.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2131,51 +2369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4852,1</w:t>
+1781</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2308,51 +2546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-118,0</w:t>
+66.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2485,51 +2723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-314,0</w:t>
+340.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2662,51 +2900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4345,0</w:t>
+1251</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2767,123 +3005,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 </w:t>
-[...71 lines deleted...]
-75,1</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2979,88 +3217,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-149,9</w:t>
+              <w:t xml:space="preserve">
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3157,264 +3395,264 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
-[...35 lines deleted...]
-149,9</w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-677,7</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3443,155 +3681,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
-[...103 lines deleted...]
-677,7</w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3652,123 +3890,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...71 lines deleted...]
-677,7</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФПИО кірістерін қоспағанда, жергілікті өзін-өзі басқаруға түсетін басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3901,51 +4139,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20102,3</w:t>
+27656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4078,51 +4316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20102,3</w:t>
+27656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4255,385 +4493,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20102,3</w:t>
-[...140 lines deleted...]
-мың теңге</w:t>
+27656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бюджеттік бағдарламалардың әкімшісі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -4677,113 +4752,82 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағдарлама </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -4889,441 +4933,414 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II. ШЫҒЫНДАР</w:t>
-[...37 lines deleted...]
-          </w:p>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-27542,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-27542,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30934</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5343,164 +5360,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-27098,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30934</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5561,300 +5578,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-022</w:t>
-[...71 lines deleted...]
-60,0</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30934</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07</w:t>
-[...135 lines deleted...]
-2519,3</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30934</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5987,51 +6004,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2519,3</w:t>
+30934</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6092,477 +6109,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-1865,8</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекеменің күрделі шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30934</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-653,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтiк көмек және әлеуметтiк қамсыздандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30934</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1370,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6582,341 +6599,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1370,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұқтаж азаматтарға үйде әлеуметтік көмек көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1370,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көлiк және коммуникация </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6936,160 +6953,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7141,478 +7162,486 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7632,164 +7661,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7841,132 +7870,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8059,87 +8084,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профицит)</w:t>
-[...35 lines deleted...]
--1665,1</w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8232,88 +8257,945 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығы (профицит)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -22286,55 +23168,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>