--- v0 (2025-12-28)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8e6c109" w14:textId="8e6c109">
+    <w:p w14:paraId="05f3db3" w14:textId="05f3db3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -313,141 +313,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 24 739,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 30 334,7 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 9 360,0 мың теңге;</w:t>
+      салықтық түсімдер – 8 551,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 1 161,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 1 469,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 14 218,0 мың теңге;</w:t>
+      арнаулы түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 25 755,7 мың теңге;</w:t>
+      трансферттер түсімі – 20 313,7 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар – 31 351,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -475,123 +493,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
+      4) қаржы активтермен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу – 0 теңге;</w:t>
+      қаржылық активтерді сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
+      мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -1 016,7 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -1 016,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 016,7 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –1 016, 7 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -601,89 +619,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 1 016,7 мың теңге;</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1 016,7 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Атбасар аудандық мәслихатының 25.06.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Атбасар аудандық мәслихатының 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/8</w:t>
+        <w:t>№ 8С34/10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1051,61 +1069,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Макеевка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Атбасар аудандық мәслихатының 25.06.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Атбасар аудандық мәслихатының 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/8</w:t>
+        <w:t>№ 8С34/10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1717,51 +1735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 739,0</w:t>
+30 334,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1894,51 +1912,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 360,0</w:t>
+8 551,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2071,51 +2089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 548,0</w:t>
+2 856,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2248,51 +2266,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 548,0</w:t>
+2 856,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2425,51 +2443,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 812,0</w:t>
+4 728,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2779,51 +2797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102,0</w:t>
+127,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2956,51 +2974,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 104,0</w:t>
+4 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3133,51 +3151,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-442,0</w:t>
+923,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3310,51 +3328,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+43,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3487,51 +3505,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+43,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3841,51 +3859,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1161,0</w:t>
+1 469,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3982,87 +4000,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді және материалдық емес қалдықтарды сату</w:t>
-[...35 lines deleted...]
-1161,0</w:t>
+Жер және материалдық емес қалдықтарды сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 469,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4195,51 +4213,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1161,0</w:t>
+1 469,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4372,51 +4390,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 218,0</w:t>
+20 313,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4549,51 +4567,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 218,0</w:t>
+20 313,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4726,385 +4744,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 218,0</w:t>
-[...140 lines deleted...]
-мың теңге</w:t>
+20 313,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттікбағдарламалардыңәкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5148,113 +5003,82 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5360,1039 +5184,1050 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II. Шығындар</w:t>
-[...37 lines deleted...]
-          </w:p>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...165 lines deleted...]
-19 037,5</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 351,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...103 lines deleted...]
-19 037,5</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 965,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...114 lines deleted...]
-19 037,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 965,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...166 lines deleted...]
-6 271,7</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 965,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...103 lines deleted...]
-6 271,7</w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 939,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...114 lines deleted...]
-4 755,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 939,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6415,424 +6250,404 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 011</w:t>
-[...71 lines deleted...]
-1 516,7</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдімекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 422,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...166 lines deleted...]
-446,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдімекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 516,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...67 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6848,339 +6663,325 @@
               <w:t>
 446,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 446,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+446,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7273,51 +7074,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7445,52 +7246,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Бюджеттiк кредиттердi өтеу </w:t>
+              <w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7619,51 +7420,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+Бюджеттiк кредиттердi өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7792,51 +7593,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қаржы активтерiн сатып алу </w:t>
+IV. Қаржы активтерімен операциялар бойынша сальдо </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7964,52 +7765,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттің қаржы активтерiн сатудан түсетiн түсiмдер </w:t>
+              <w:t>
+Қаржы активтерiн сатыпалу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8138,87 +7939,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--1 016,7</w:t>
+Мемлекеттің қаржы активтерiн сатудан түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8310,88 +8111,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-1 016,7</w:t>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 016,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8483,88 +8284,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-0</w:t>
+              <w:t xml:space="preserve">
+VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 016,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8657,51 +8458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8830,129 +8631,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
-[...35 lines deleted...]
-1 016,7</w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9043,228 +8840,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 016,7</w:t>
+1 016,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1 016,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 016,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9284,50 +9081,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 016,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9397,51 +9371,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 016,7</w:t>
+1 016,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -24765,55 +24739,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>