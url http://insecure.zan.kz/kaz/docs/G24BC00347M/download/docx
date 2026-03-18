--- v0 (2025-11-10)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9739853" w14:textId="9739853">
+    <w:p w14:paraId="f2ebd8f" w14:textId="f2ebd8f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,215 +251,233 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 72 729,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 73 579,6 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 6 761,0 мың теңге;</w:t>
+      салықтық түсімдер – 6 801,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 65 968,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 1 160,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар –74 729,2 мың теңге;</w:t>
+      трансферттердің түсімдері – 65 618,3 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар –75 892,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредит беру – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
+      4) қаржы актив терімен жасалатын операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджеттің тапшылығы (профициті) – -2 000,2 мың теңге;</w:t>
+      5) бюджеттің тапшылығы (профициті) – -2 313,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің тапшылығын қаржыландыру (профицитті пайдалану) – 2 000,2 мың теңге.</w:t>
+      6) бюджеттің тапшылығын қаржыландыру (профицитті пайдалану) – 2 313,2 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Ақкөл аудандық мәслихатының 28.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Ақкөл аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ С 44-3</w:t>
+        <w:t>№ С 50-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -868,61 +886,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Еңбек ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Ақкөл аудандық мәслихатының 28.08.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Ақкөл аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ С 44-3</w:t>
+        <w:t>№ С 50-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -949,52 +967,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Санаты</w:t>
+              <w:t xml:space="preserve">
+Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1719,51 +1737,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72 729,0</w:t>
+73 579,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1896,51 +1914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 761,0</w:t>
+6 801,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2073,51 +2091,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 800,0</w:t>
+1 483,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2250,51 +2268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 800,0</w:t>
+1 483,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2427,51 +2445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 861,0</w:t>
+5 217,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2958,51 +2976,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 262,0</w:t>
+4 056,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3135,51 +3153,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-365,0</w:t>
+927,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3530,187 +3548,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...135 lines deleted...]
-65 968,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 160,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3739,155 +3757,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...103 lines deleted...]
-65 968,0</w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 160,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3948,50 +3966,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 160,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 618,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 618,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4020,51 +4569,7505 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 968,0</w:t>
+65 618,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 892,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 840,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 840,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 840,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 052,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 052,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 720,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 280,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 096,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+955,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+III. Таза бюджеттiк кредит беру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Қаржы активтерiмен жасалатын операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджеттің тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2 313,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджеттің тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 313,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақкөл аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 34-7 шешіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Еңбек ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. КІРІСТЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 466,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 209,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 926,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жеке табыс салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 926,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 176,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 561,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+365,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 257,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 257,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 257,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4105,52 +12108,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Функционалдық топ</w:t>
+              <w:t xml:space="preserve">
+Функционалдық топ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4875,51 +12878,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74 729,2</w:t>
+37 466,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5052,51 +13055,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 817,0</w:t>
+23 206,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5229,51 +13232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 817,0</w:t>
+23 206,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5406,51 +13409,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 817,0</w:t>
+23 206,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5583,51 +13586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 912,0</w:t>
+11 260,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5760,51 +13763,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 912,0</w:t>
+11 260,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5937,51 +13940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 720,0</w:t>
+6 720,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6114,51 +14117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 728,0</w:t>
+2 160,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6255,87 +14258,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру және көгалдандыру</w:t>
-[...35 lines deleted...]
-36 098,0</w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 360,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6468,51 +14471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 366,0</w:t>
+1 020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6645,51 +14648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+3 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6822,51 +14825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+3 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7031,196 +15034,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+III. Таза бюджеттiк кредит беру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7240,164 +15239,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Қаржы активтерiмен жасалатын операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7449,132 +15444,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджеттің тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7666,633 +15657,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-III. Таза бюджеттiк кредит беру </w:t>
+              <w:t>
+VI. Бюджеттің тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
-            </w:r>
-[...517 lines deleted...]
-2 000,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8312,127 +15763,176 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Ақкөл аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 34-7 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026 жылға арналған Еңбек ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2027 жылға арналған Еңбек ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8447,52 +15947,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Санаты</w:t>
+              <w:t xml:space="preserve">
+Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8577,51 +16077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Сыныбы</w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -9217,51 +16717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 466,0</w:t>
+37 483,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9394,51 +16894,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 209,0</w:t>
+7 661,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9571,51 +17071,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 926,0</w:t>
+2 061,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9748,51 +17248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 926,0</w:t>
+2 061,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9925,51 +17425,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 176,0</w:t>
+5 486,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10102,51 +17602,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-113,0</w:t>
+121,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10279,51 +17779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-137,0</w:t>
+213,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10456,51 +17956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 561,0</w:t>
+4 787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10810,51 +18310,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107,0</w:t>
+114,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10987,51 +18487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107,0</w:t>
+114,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11164,51 +18664,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 257,0</w:t>
+29 822,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11341,51 +18841,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 257,0</w:t>
+29 822,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11518,51 +19018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 257,0</w:t>
+29 822,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -11603,7045 +19103,50 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6993 lines deleted...]
-              </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -22366,61 +22871,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған аудандық бюджеттен аудандық маңызы бар қала, ауыл, ауылдық округ бюджеттерiне ағымдағы нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Шешім 4-қосымшамен толықтырылды - Ақмола облысы Ақкөл аудандық мәслихатының 28.08.2025 </w:t>
+      Ескерту. Шешім 4-қосымшамен толықтырылды - Ақмола облысы Ақкөл аудандық мәслихатының 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ С 44-3</w:t>
+        <w:t>№ С 47-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -22652,51 +23157,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 338,0</w:t>
+34 988,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22729,51 +23234,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 338,0</w:t>
+34 988,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22797,57 +23302,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 988,3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -22879,51 +23388,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 338,0</w:t>
+34 988,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22956,51 +23465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550,0</w:t>
+200,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23109,55 +23618,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>