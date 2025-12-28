--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cf6c22e" w14:textId="cf6c22e">
+    <w:p w14:paraId="cfd9d2c" w14:textId="cfd9d2c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,123 +251,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 446 055,1 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 450 892,8 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 11 884,0 мың теңге;</w:t>
+      салықтық түсімдер – 11 026,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 11 780,3 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 9 627,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 422 390,8 мың теңге;</w:t>
+      трансферттердің түсімдері – 430 239,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 446 297,3 мың теңге;</w:t>
+      2) шығындар – 451 135,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредит беру – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -423,61 +423,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Ақкөл аудандық мәслихатының 06.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Ақкөл аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ С 43-1</w:t>
+        <w:t>№ С 50-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -944,61 +944,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Кеңес ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Ақкөл аудандық мәслихатының 06.08.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Ақкөл аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ С 43-1</w:t>
+        <w:t>№ С 50-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1026,106 +1026,156 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома</w:t>
-[...17 lines deleted...]
-мың теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1795,51 +1845,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-446 055,1</w:t>
+450 892,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1972,51 +2022,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 884,0</w:t>
+11 026,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2503,51 +2553,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 125,0</w:t>
+7 267,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2680,51 +2730,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-699,0</w:t>
+544,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2857,51 +2907,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-351,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3034,51 +3084,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 258,0</w:t>
+5 905,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3742,51 +3792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 780,3</w:t>
+9 627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3919,51 +3969,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 780,3</w:t>
+9 627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4096,51 +4146,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 460,3</w:t>
+4 307,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4450,51 +4500,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422 390,8</w:t>
+430 239,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4627,51 +4677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422 390,8</w:t>
+430 239,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4804,51 +4854,7710 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422 390,8</w:t>
+430 239,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+451 135,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 962,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 962,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 962,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 383,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 383,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 532,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 386,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+474,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 991,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 287,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 287,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 246,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 041,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+377 502,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+377 502,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+377 502,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Қаржы активтерiмен жасалатын операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджеттің тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-242,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджеттің тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+242,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақкөл аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С 34-3 шешіміне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Кеңес ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. КІРІСТЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 385,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 686,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 445,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жеке табыс салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 445,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 671,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+706,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+355,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 489,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бірыңғай жер салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+570,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+570,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 699,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 699,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 699,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5019,51 +12728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5659,51 +13368,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-446 297,3</w:t>
+42 385,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5799,88 +13508,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-37 589,0</w:t>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 468,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6013,51 +13722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 589,0</w:t>
+30 468,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6190,51 +13899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 589,0</w:t>
+30 468,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6367,51 +14076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 478,0</w:t>
+8 917,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6507,88 +14216,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-24 478,0</w:t>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 917,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6685,87 +14394,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерде көшелерді жарықтандыру</w:t>
-[...35 lines deleted...]
-10 327,0</w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 527,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6898,51 +14607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 686,0</w:t>
+2 079,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7003,477 +14712,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-474,0</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+311,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-8 991,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-6 727,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7493,164 +15202,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-6 727,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7702,132 +15411,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-3 686,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+III. Таза бюджеттiк кредит беру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7879,309 +15584,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-3 041,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Қаржы активтерiмен жасалатын операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-377 502,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджеттің тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8201,1033 +15898,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...426 lines deleted...]
-III. Таза бюджеттік кредит беру</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджеттің тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
-            </w:r>
-[...517 lines deleted...]
-242,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9354,74 +16178,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С 34-3 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026 жылға арналған Кеңес ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2027 жылға арналған Кеңес ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9566,51 +16390,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Сыныбы</w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -10206,51 +17030,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 385,0</w:t>
+42 674,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10383,51 +17207,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 686,0</w:t>
+8 981,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10560,51 +17384,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 445,0</w:t>
+2 573,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10737,51 +17561,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 445,0</w:t>
+2 573,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10914,51 +17738,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 671,0</w:t>
+5 821,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11091,51 +17915,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-706,0</w:t>
+714,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11268,51 +18092,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-355,0</w:t>
+359,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11445,51 +18269,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 489,0</w:t>
+4 623,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11622,51 +18446,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-121,0</w:t>
+125,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11799,51 +18623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-570,0</w:t>
+587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11976,51 +18800,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-570,0</w:t>
+587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12153,51 +18977,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 699,0</w:t>
+33 693,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12330,51 +19154,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 699,0</w:t>
+33 693,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12507,51 +19331,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 699,0</w:t>
+33 693,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -13362,6868 +20186,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 385,0</w:t>
-[...6816 lines deleted...]
-              <w:t>
 42 674,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -23029,61 +23035,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған облыстық бюджеттен аудандық маңызы бар қала, ауыл, ауылдық округ бюджеттерiне нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - Ақмола облысы Ақкөл аудандық мәслихатының 06.08.2025 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - Ақмола облысы Ақкөл аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ С 43-1</w:t>
+        <w:t>№ С 50-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -23107,105 +23113,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома</w:t>
-[...17 lines deleted...]
-мың теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23315,51 +23371,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-369 653,6</w:t>
+377 502,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23392,51 +23448,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-369 653,6</w:t>
+377 502,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23542,51 +23598,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-369 653,6</w:t>
+377 502,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23619,51 +23675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-369 653,6</w:t>
+377 502,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -24872,55 +24928,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>