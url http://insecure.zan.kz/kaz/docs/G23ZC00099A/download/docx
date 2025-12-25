--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a903a96" w14:textId="a903a96">
+    <w:p w14:paraId="c678a51" w14:textId="c678a51">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -598,3352 +598,1594 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 10 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 6 қаулысымен бекітілді</w:t>
+              <w:t>№ 99 қаулысымен бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аудандық бюджеттен қаржыландырылатын Бөрлі ауданының атқарушы органдарының "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Әдістеме жаңа редакцияда – Батыс Қазақстан облысы Бөрлі ауданы әкімдігінің 22.08.2023 </w:t>
+      Ескерту. Әдістеме жаңа редакцияда – Батыс Қазақстан облысы Бөрлі ауданы әкімдігінің 29.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 241</w:t>
+        <w:t>№ 344</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі (бұдан әрі - Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" 2015 жылғы 23 қарашадағы Қазақстан Республикасының Заңы 33-бабының </w:t>
+      1. Осы "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі –Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының 33-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және Аудандық бюджеттен қаржыландырылатын Бөрлі ауданының атқарушы органдарының "Б" корпусы мемлекеттік әкімшілік қызметшілерінің (бұдан әрі – "Б" корпусының қызметшілері) тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленген және аудандық бюджеттен қаржыландырылатын Бөрлі ауданының атқарушы органдарының "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
-[...15 lines deleted...]
-      2. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әдістемеде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
-[...15 lines deleted...]
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
-[...15 lines deleted...]
-      3) бағалаушы адам – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құрылымдық бөлімшенің/мемлекеттік органның басшысы –Е-1, Е-2, E-R-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      4) мелекеттік орнанның басшысы - Е-1, Е-2, E-R-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...15 lines deleted...]
-      5) "Б" корпусының қызметшісі – мемлекеттік органның басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
-[...15 lines deleted...]
-      6) бағаланатын адам – құрылымдық бөлімшенің/мемлекеттік органның басшысы немесе "Б" корпусының қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – мемлекеттік органның басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, "А" корпусы қызметшісінің келісіміне қол жеткізуге немесе мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...15 lines deleted...]
-      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...15 lines deleted...]
-      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның бірінші басшысының шешімі бойынша оның тікелей бағынысындағы адамдар осы мемлекеттік органның аппарат басшысымен бағалана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...87 lines deleted...]
-      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта немесе мемлекеттік органдарда жұмыс істейтін ақпараттық жүйелерде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
-[...15 lines deleted...]
-      Бағалау бағаланатын адамның санатына байланысты НМИ қол жеткізу нәтижелері, саралау және 360 әдістері нәтижелерінің негізінде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
-[...15 lines deleted...]
-      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
-[...15 lines deleted...]
-      4. НМИ қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша – есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
-[...15 lines deleted...]
-      НМИ және саралау бойынша қорытынды баға "Б" корпусы қызметшісінің есепті тоқсандардағы орташа бағасынан құралады.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-тармақта</w:t>
+        <w:t>4-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z33" w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
-[...15 lines deleted...]
-      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Функционалдық міндеттерін тиімді атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиімді атқарады",</w:t>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімшелер (адам), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиісті түрде атқарады",</w:t>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады",</w:t>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодекспен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіпте шағымдана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
-[...15 lines deleted...]
-      8. НМИ қол жеткізу нәтижелері мен саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда жоғарылату, төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде персоналды басқару қызметінде және ақпараттық жүйеде сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
-[...15 lines deleted...]
-      9. 360 әдісі бойынша бағалау нәтижелері қызметшіні оқыту бойынша шешімдер қабылдау үшін негіз болып табылады.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
-[...15 lines deleted...]
-      10. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімше (адам), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен персоналды басқару қызметі қарастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
-[...15 lines deleted...]
-      Бұл ретте персоналды басқару қызметі ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам бекітетін бағалау кестесін құрастырады.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Персоналды басқару қызметінің басшысы мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
-[...15 lines deleted...]
-      11. Персоналды басқару қызметі бағаланатын қызметшіні бағалау нәтижелерімен ол аяқталған соң екі жұмыс күні ішінде ақпараттық жүйе және/немесе мемлекеттік органдардың интранет-порталы немесе электрондық құжат айналымы жүйесі арқылы таныстыруды қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Е-1, Е-2, E-R-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы Әдістеменің </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Мемлекеттік қызметші калибрлеу сессиясның шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+      Өзге тұлғаларды бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бағалаушы адамға бағалау парағы персоналды басқару қызметімен ақпараттық жүйе арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
-[...159 lines deleted...]
-      18. Бағаланатын адам мыналарға жауапты болады:</w:t>
+      18. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
-[...15 lines deleted...]
-      1) олардың НМИ/қойылған міндеттерді орындау дәрежесіне жүйелі мониторинг жүргізу;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды қабылдайды және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
-[...15 lines deleted...]
-      2) 360 әдісі бойынша оның қызметін бағалау шеңберінде уақтылы өзін-өзі бағалауды жүргізу;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
-[...15 lines deleted...]
-      3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
-[...15 lines deleted...]
-      19. Персоналды басқару қызметінің басшысы мыналарға жауапты болады:</w:t>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ персоналды басқару қызметінің (кадр қызметінің) қызметкері не персоналды басқару қызметінің (кадр қызметінің) міндеттерін орындау жүктелген адам кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
-[...15 lines deleted...]
-      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...15 lines deleted...]
-      2) НМИ уақтылы талдау мен келісу;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
-[...15 lines deleted...]
-      3) қажет болған жағдайда басшы мен қызметкердің кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
-[...15 lines deleted...]
-      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
-[...15 lines deleted...]
-      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
-[...15 lines deleted...]
-      20. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, персоналды басқару қызметінің (кадр қызметінің) басшысына және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның басшысын НМИ қол жеткізуі бойынша бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...15 lines deleted...]
-      21. Мемлекеттік орган басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын мемлекеттік орган басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
-[...15 lines deleted...]
-      Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z74" w:id="65"/>
-[...15 lines deleted...]
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде персоналды басқару қызметі жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z75" w:id="66"/>
-[...15 lines deleted...]
-      Егер қызметшінің тағайындалған күнінен бастап бағалау кезеңінің соңына дейінгі мерзім үш айдан аз болса, аталған қызметшіге НМИ белгіленбейді.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z76" w:id="67"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген мерзімдерде жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z77" w:id="68"/>
-[...1728 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3977,142 +2219,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аудандық бюджеттен</w:t>
+              <w:t>Аудандық бюджеттен қаржыландырылатын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржыландырылатын</w:t>
+              <w:t>Бөрлі ауданының атқарушы органдарының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бөрлі ауданының атқарушы</w:t>
+              <w:t>"Б" корпусы мемлекеттік әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органдарының "Б" корпусы</w:t>
+              <w:t>қызметшілерінің қызметін бағалаудың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік әкімшілік</w:t>
-[...38 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>Әдістемесіне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4135,5913 +2338,259 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
-            <w:r>
-[...76 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z201" w:id="142"/>
-[...5740 lines deleted...]
-    <w:bookmarkStart w:name="z223" w:id="158"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z77" w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Бағаланатын кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -10091,201 +2640,197 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Критерийлер</w:t>
+Бағалау (0-ден* 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау (1-ден 5 баллға дейін)</w:t>
+Түсініктеме (қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негіздеме</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1. Функционалдық міндеттерді орындау сапасы*</w:t>
+              <w:t xml:space="preserve">
+1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10299,134 +2844,151 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау;  - осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+              <w:t xml:space="preserve">
+2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ету </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10440,134 +3002,151 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- орындаудың жеделдігі; - осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Дербестік және бастамашылық.</w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10575,140 +3154,205 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z82" w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- команданы басқаруды және командалық нәтиже үшін жауапкершілікті өз мойнына ала білу;  - мақсаттар мен міндеттерді нақты белгілей білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жеке мысал арқылы тиімді қарым-қатынас және оң командалық климат құру арқылы команданы ынталандыру мүмкіндігі; - белгісіздік жағдайында тиімді әрекет ете білу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ықтимал тәуекелдерді ескере отырып, міндеттерді шешудің бірнеше нұсқаларын ұсына білу; - осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Еңбек тәртібін сақтау</w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10722,247 +3366,500 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Есепке алынады:  - кешігудің болмауы; - себепсіз жұмыстан мерзімінен бұрын шығудың болмауы; - қызметтік әдеп бұзушылықтардың болмауы; - ақпараттық қауіпсіздік талаптарын сақтау; - мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау; - мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тәртіптік жаза болған жағдайда: - ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек; - жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z225" w:id="160"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z227" w:id="162"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қолы ________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңба арқылы куәләндырылған)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10996,142 +3893,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аудандық бюджеттен</w:t>
+              <w:t>"Аудандық бюджеттен қаржыландырылатын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржыландырылатын</w:t>
+              <w:t>Бөрлі ауданының атқарушы органдарының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бөрлі ауданының атқарушы</w:t>
+              <w:t>"Б" корпусы мемлекеттік әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органдарының "Б" корпусы</w:t>
+              <w:t>қызметшілерінің қызметін бағалаудың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік әкімшілік</w:t>
-[...38 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>Әдістемесіне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11158,10014 +4016,255 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z231" w:id="164"/>
-[...9962 lines deleted...]
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z93" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z94" w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Бағаланатын кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі - бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z96" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z97" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z98" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -21179,4594 +4278,1336 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+Параметрлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құзырет</w:t>
+Бағалау (0*-ден 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құзыреттер бойынша орташа қорытынды баға</w:t>
-[...44 lines deleted...]
-        </w:trPr>
+Түсініктеме (қалау бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...2 lines deleted...]
-        </w:tc>
+Толтыру кезінде түсініктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызметті басқару</w:t>
+1.Функционалдық міндеттерді орындау сапасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...16 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тиімді коммуникацияларды құру</w:t>
-[...2 lines deleted...]
-        </w:tc>
+Осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесіне сәйкес өзге де кемшіліктердің болмауы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...25 lines deleted...]
-        </w:trPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...19 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3. Дербестік және бастамашылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...16 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z99" w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметшінің функционалдық міндеттерін жоғары деңгейде дербес орындай алуы; - жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...2 lines deleted...]
-        </w:tc>
+ - жетекшілік ететін міндеттерді шешуге қатысу және белсенділігі; - осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нәтижеге бағдарлану</w:t>
+4. Еңбек тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...16 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z100" w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- кешігудің болмауы; - себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дербестік және шешімдерді қабылдау дағдылары</w:t>
-[...2 lines deleted...]
-        </w:tc>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметтік әдеп бұзушылықтардың болмауы; - ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау; - мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...25 lines deleted...]
-        </w:trPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...19 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тәртіптік жаза болған жағдайда: - ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек; - жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+Орташа қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...16 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...457 lines deleted...]
-          <w:p/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z267" w:id="196"/>
-[...1914 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z105" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z106" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 9-қосымша 31.08.2023 дейін әрекет етті - Батыс Қазақстан облысы Бөрлі ауданы әкімдігінің 22.08.2023 № 241 қаулысының </w:t>
-[...990 lines deleted...]
-    </w:p>
+      Қолы ________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z107" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңба арқылы куәләндырылған)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z108" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -26092,31 +5933,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>