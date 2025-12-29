--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="65c4630" w14:textId="65c4630">
+    <w:p w14:paraId="e43dcfe" w14:textId="e43dcfe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,124 +85,249 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Самар ауданы мәслихатының "Шығыс Қазақстан облысы "Самар ауданы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесін бекіту туралы" 2023 жылғы 25 сәуірдегі № 2-8/VIII шешіміне өзгеріс енгізу туралы"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...32 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шығыс Қазақстан облысы Самар ауданы мәслихатының 2023 жылғы 25 желтоқсандағы № 8-3/VIII шешімі. Күші жойылды - Шығыс Қазақстан облысы Самар ауданы мәслихатының 2025 жылғы 25 қарашадағы № 25-5/VIIІ шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Шығыс Қазақстан облысы Самар ауданы мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-5/VIIІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысы Самар ауданының маслихаты ШЕШТІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Самар ауданы мәслихатының "Шығыс Қазақстан облысы "Самар ауданы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесін бекіту туралы" 2023 жылғы 25 сәуірдегі № 2-8/VIII </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген шешіммен бекітілген "Самар ауданы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -215,91 +342,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешімнің орындалуын бақылау Самар ауданы мәслихаты аппаратының басшысына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z9" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -620,87 +746,93 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 2-8/VIII шешімімен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Самар ауданы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z14" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы "Самар ауданы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 33-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -715,2026 +847,2234 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімде № 16299 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың Үлгілік әдістемесіне (бұдан әрі – Үлгілік әдістемесі) сәйкес әзірленді тәртібін айқындайды және "Б" корпусы мемлекеттік әкімшілік қызметшілерінің (бұдан әрі – "Б" корпусының қызметшілері) қызметін бағалау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z16" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z17" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z18" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бағалаушы адам – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
-[...15 lines deleted...]
-      2. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік органның басшысы – Е-2 санаттың "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
-[...15 lines deleted...]
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Б" корпусының қызметшісі –мемлекеттік органның басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
-[...15 lines deleted...]
-      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бағаланатын адам – мемлекеттік органның басшысы немесе "Б" корпусының қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
-[...15 lines deleted...]
-      3) бағалаушы адам – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) –мемлекеттік органның басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, "А" корпусы қызметшісінің келісіміне қол жеткізуге немесе мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
-[...15 lines deleted...]
-      4) мемлекеттік органның басшысы – Е-2 санаттың "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
-[...15 lines deleted...]
-      5) "Б" корпусының қызметшісі –мемлекеттік органның басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
-[...15 lines deleted...]
-      6) бағаланатын адам – мемлекеттік органның басшысы немесе "Б" корпусының қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
-[...15 lines deleted...]
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) –мемлекеттік органның басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, "А" корпусы қызметшісінің келісіміне қол жеткізуге немесе мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
-[...15 lines deleted...]
-      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта немесе мемлекеттік органдарда жұмыс істейтін ақпараттық жүйелерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...15 lines deleted...]
-      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау бағаланатын адамның санатына байланысты НМИ қол жеткізу нәтижелері, саралау және 360 әдістері нәтижелерінің негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. НМИ қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша – есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта немесе мемлекеттік органдарда жұмыс істейтін ақпараттық жүйелерде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НМИ және саралау бойынша қорытынды баға "Б" корпусы қызметшісінің есепті тоқсандардағы орташа бағасынан құралады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бір айдан кем болған жағдайда, оны бағалау жүргізілмейді. Егер бағаланатын қызметші бағалау жүргізу кезеңінде еңбек немесе әлеуметтік демалыста, еңбекке уақытша қабілетсіздігі кезеңінде, іссапарда, тағылымдамада, қайта даярлауда немесе біліктілігін арттыруда болған жағдайда қызметшіні НМИ қол жеткізу бойынша бағалау жұмысқа шыққаннан кейін бес жұмыс күні ішінде, саралау және/немесе 360 әдістері бойынша бағалау оның қатысуынсыз </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзімдерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады",</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады",</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады",</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
-[...15 lines deleted...]
-      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. НМИ қол жеткізу нәтижелері мен саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда жоғарылату, төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиімді атқарады",</w:t>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 360 әдісі бойынша бағалау нәтижелері қызметшіні оқыту бойынша шешімдер қабылдау үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиісті түрде атқарады",</w:t>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – бөлім басшысы) міндеттерін атқару жүктелген (адам), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады",</w:t>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бөлім басшысы ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам бекітетін бағалау кестесін құрастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11.Бөлім басшысы қызметшіні бағалау нәтижелерімен ол аяқталған соң екі жұмыс күні таныстыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінде көрсетілген қызметшілерді таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Мемлекеттік қызметші калибрлеу сессиясның шешіміне Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Әкімшілік рәсімдік-процестік кодекспен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіпте шағымдана алады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде бөлім басшысына сондай-ақ техникалық мүмкіндік болған кезде ақпараттық жүйеде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ақпаратқа қол жеткізу туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңына сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен бөлім басшысы қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z52" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бағалаушы адам мыналарға жауапты болады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z53" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік орган стратегиялық мақсаттары, мемлекеттік орган жұмысының есептік кезеңдегі жалпы нәтижесі жөнінде бағаланушы адамдардың назарына жеткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z54" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) НМИ уақытылы қоюды, келісу мен бекітуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z55" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бағаланатын кезең ішінде НМИ орындау деңгейіне тұрақты мониторинг жүргізу және оларға қызметінің қорытынды бағасы мен конструктивті кері байланысты ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z56" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын адамдардың функционалдық міндеттерін орындау дәрежесіне бағаланатын кезеңде тұрақты мониторинг жүргізу және оларға қызметкердің қызметінің қорытынды бағасы және конструктивті кері байланысты ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағалау процесінде бағаланатын адамдарды бағалау бойынша даулы мәселелерді, олар туындаған жағдайда, калибрлік сессияларға және оларды шешуге қатысу.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
-[...15 lines deleted...]
-      14. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде бөлім басшысына сондай-ақ техникалық мүмкіндік болған кезде ақпараттық жүйеде сақталады.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бағаланатын адам мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...35 lines deleted...]
-        <w:t>" Қазақстан Республикасының Заңына сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) олардың НМИ/қойылған міндеттерді орындау дәрежесіне жүйелі мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
-[...15 lines deleted...]
-      16. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен бөлім басшысы қарастырады.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 360 әдісі бойынша оның қызметін бағалау шеңберінде уақтылы өзін-өзі бағалауды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
-[...15 lines deleted...]
-      17. Бағалаушы адам мыналарға жауапты болады:</w:t>
+    <w:bookmarkStart w:name="z61" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
-[...15 lines deleted...]
-      1) мемлекеттік орган стратегиялық мақсаттары, мемлекеттік орган жұмысының есептік кезеңдегі жалпы нәтижесі жөнінде бағаланушы адамдардың назарына жеткізу;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Бөлім басшысы мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
-[...15 lines deleted...]
-      2) НМИ уақытылы қоюды, келісу мен бекітуді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
-[...15 lines deleted...]
-      3) бағаланатын кезең ішінде НМИ орындау деңгейіне тұрақты мониторинг жүргізу және оларға қызметінің қорытынды бағасы мен конструктивті кері байланысты ұсыну;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) НМИ уақтылы талдау мен келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
-[...15 lines deleted...]
-      бағаланатын адамдардың функционалдық міндеттерін орындау дәрежесіне бағаланатын кезеңде тұрақты мониторинг жүргізу және оларға қызметкердің қызметінің қорытынды бағасы және конструктивті кері байланысты ұсыну;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қажет болған жағдайда басшы мен қызметкердің кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
-[...15 lines deleted...]
-      4) бағалау процесінде бағаланатын адамдарды бағалау бойынша даулы мәселелерді, олар туындаған жағдайда, калибрлік сессияларға және оларды шешуге қатысу.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
-[...15 lines deleted...]
-      18. Бағаланатын адам мыналарға жауапты болады:</w:t>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
-[...15 lines deleted...]
-      1) олардың НМИ/қойылған міндеттерді орындау дәрежесіне жүйелі мониторинг жүргізу;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, бөлім басшысына және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
-[...15 lines deleted...]
-      2) 360 әдісі бойынша оның қызметін бағалау шеңберінде уақтылы өзін-өзі бағалауды жүргізу;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның басшысын НМИ қол жеткізуі бойынша бағалау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
-[...15 lines deleted...]
-      3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Мемлекеттік орган басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. НМИ-ды бағалаушы адаммен стратегиялық жоспарлау мәселесін үйлестіретін, сондай-ақ бөлім басшысымен Үлгілік әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын мемлекеттік орган басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде бөлім басшысы жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер қызметшінің тағайындалған күнінен бастап бағалау кезеңінің соңына дейінгі мерзім үш айдан аз болса, аталған қызметшіге НМИ белгіленбейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік орган басшысының НМИ қол жеткізуін бағалауды бағалаушы адам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзімдерде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, мәліметтердің шынайылығын қамтамасыз ету мақсатында бөлім басшысы стратегиялық жоспарлау мәселесін үйлестіретін НМИ-дің нақты мәндеріне алдын ала есептеу жүргізеді және оны осы Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бағалау мерзімінің соңғы күніне дейінгі бес жұмыс күннен кешіктірмейтін мерзімде ақпараттық жүйе арқылы бағалаушы адамға жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. НМИ үштен беске дейінгі мөлшерде белгіленеді және бағаланатын кезеңнің соңына дейін бағаланатын адам қызметінің күтілетін нақты нәтижелерін көрсетуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z78" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. НМИ мақсатқа қол жеткізу өлшемінің сандық және сапалық индикаторларынан тұруы тиіс және:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z79" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нақты (күтілетін оң өзгерістер көрсетіле отырып қол жеткізуге тиісті нәтиже анық белгіленеді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z80" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өлшемді (НМИ жетістіктерін өлшеу үшін нақты өлшемшарттар белгіленеді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z81" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қолжетімді (НМИ қолда бар ресурстарды, құзыреттер мен шектеулерді ескере отырып белгіленеді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z82" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уақытпен шектеулі (бағаланатын кезең ішінде НМИ қол жеткізу мерзімі белгіленеді) болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z83" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік жоспарлау жүйесінің құжаттарын, оның ішінде ұлттық жобаларды, мемлекеттік органның стратегиялық мақсаттарын, "А" корпусы қызметшісінің келісімін іске асыруға не мемлекеттік орган қызметінің тиімділігін арттыруға бағдарланған болуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z84" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. НМИ-ге өзгерістер енгізуге қол жеткізуге тікелей әсер ететін мемлекеттік органның функциялары мен құрылымы өзгерген жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z85" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Ақпараттық жүйе немесе ол болмаған жағдайда бөлім басшысы мемлекеттік органның басшысын оған қатысты бағалауды өткізу туралы есепті тоқсаннан кейінгі айдың бесінші күнінен кешіктірмей хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z86" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ақпараттық жүйемен немесе ол болмаған жағдайда бөлім басшысы ресімделген бағалау парағын бағалаушы адамға қарау үшін жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұсынылған материалдарды қарау қорытындылары бойынша бағалаушы адам Үлгілік әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бағалау парағының тиісті бағанында (0-ден 5-ке дейін) баға қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бағаларды қою кезінде бағалаушы адам Үлгілік әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша түйінді нысаналы индикаторды іске асыру пайызына қарай жол берілетін бағаны айқындау кестесін пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. "Б" корпусының қызметшілерін саралау әдісімен бағалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. "Б" корпусының қызметшілерін бағалау саралау әдісі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. "Б" корпусының қызметшілерін саралау әдісі бойынша бағалауды мемлекеттік органның басшысы Үлгілік әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік органда жұмыс істейтін ақпараттық жүйе арқылы жүзеге асырады. Техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Ақпараттық жүйе немесе ол болмаған жағдайда бөлім басшысы "Б" корпусының қызметшісін оған қатысты бағалау жүргізілетіні туралы есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірмей хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z93" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Ақпараттық жүйе арқылы немесе ол болмаған жағдайда бөлім басшысы бағалаушы адамға бағалау парағы жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бағалаушы адам Үлгілік әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бағалау парағының тиісті бағанында баға (0-ден 5-ке дейін) қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер құрылымдық бөлімшенің "Б" корпусы қызметшілерінің саны елу адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын адамдар да жүзеге асыра алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z96" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. "Б" корпусының қызметшілерін бағалау олардың бағаланатын кезеңде функционалдық міндеттерін орындау кезінде қол жеткізген нәтижелерінің деңгейі мен орындалған жұмыстың көлемі мен күрделілігі ескере отырып, мынадай параметрлер бойынша айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z97" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       функционалдық міндеттерді орындау сапасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z98" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тапсырмаларды орындау мерзімдерін сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z99" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дербестік және бастамашылық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z100" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбек тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z101" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. 360 әдісі бойынша бағалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z102" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. 360 әдісі бойынша бағалау жылына бір рет ақпараттық жүйеде жасырын жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік органның басшылары үшін 360 әдісі бойынша бағалау Үлгілік әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2749,632 +3089,648 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша, "Б" корпусының қызметшілері үшін Үлгілік әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z104" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. 360 әдісімен бағалау кезінде бағаланатын адамдардың санаттарына байланысты мынадай құзыреттер бағаланады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z105" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басшы үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z106" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметті басқару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z107" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиімді коммуникацияларды құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z108" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әдеп нормалары мен қағидаларын ұстану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z109" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзгерістерді басқару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z110" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нәтижеге бағдарлану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z111" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дербестік және шешімдерді қабылдау дағдылары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z112" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      топты басқару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z113" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көшбасшылық қасиеттер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z114" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ынтымақтастық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z115" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеделділік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z116" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзін-өзі дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z117" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бастамшылдық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z118" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Б" корпусының қызметшілері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z119" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиімді коммуникацияларды құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z120" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әдеп нормалары мен қағидаларын ұстану;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
-[...15 lines deleted...]
-      34. 360 әдісімен бағалау кезінде бағаланатын адамдардың санаттарына байланысты мынадай құзыреттер бағаланады:</w:t>
+    <w:bookmarkStart w:name="z121" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзгерістерді басқару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
-[...15 lines deleted...]
-      басшы үшін:</w:t>
+    <w:bookmarkStart w:name="z122" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нәтижеге бағдарлану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
-[...15 lines deleted...]
-      қызметті басқару;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дербестік және шешімдерді қабылдау дағдылары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
-[...15 lines deleted...]
-      тиімді коммуникацияларды құру;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ынтымақтастық;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
-[...15 lines deleted...]
-      әдеп нормалары мен қағидаларын ұстану;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеделділік;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
-[...15 lines deleted...]
-      өзгерістерді басқару;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзін-өзі дамыту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
-[...15 lines deleted...]
-      нәтижеге бағдарлану;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Сауалнамаға қатысатын адамдардың саны әрбір бағаланатын адам үшін ақпараттық жүйемен немесе ол болмаған жағдайда бөлім басшысымен дербес анықтайтын үш адамнан кем болмауы және жеті адамнан артық болмауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
-[...15 lines deleted...]
-      дербестік және шешімдерді қабылдау дағдылары;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметшіні 360 әдісімен бағалауда оның өзін-өзі бағалауы көзделген. Бұл ретте қорытынды бағалауда өзін-өзі бағалау есепке алынбайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
-[...15 lines deleted...]
-      топты басқару;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнама алынатын адамдардың қатарына қосылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
-[...15 lines deleted...]
-      көшбасшылық қасиеттер;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тікелей басшы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
-[...15 lines deleted...]
-      ынтымақтастық;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бағалаушы адамға тікелей бағынатын "Б" корпусының қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
-[...15 lines deleted...]
-      жеделділік;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лауазымы бойынша бағаланушы адаммен бір деңгейде және олармен өзара тығыз жұмыс істейтін адамдар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
-[...339 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Бөлім басшысы 360 әдісі бойынша бағалау процесін басқарады, жеке есептерді жасайды және Үлгілік әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3389,443 +3745,485 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысандағы 360 бағалау нәтижелері бойынша кері байланыс ұсынуды ұйымдастырады. Бөлім басшысымен біліктілігін арттыру семинарлары мен қайта даярлау курстары тақырыптарын қалыптастыру кезінде 360 әдісімен бағалау қорытындылары, оның ішінде қызметшінің ең аз анықталған құзыреттері ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z134" w:id="126"/>
+    <w:bookmarkStart w:name="z134" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z135" w:id="127"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z136" w:id="128"/>
+    <w:bookmarkStart w:name="z136" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды және және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z138" w:id="130"/>
+    <w:bookmarkStart w:name="z138" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Бөлім басшысы калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z139" w:id="131"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z139" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z140" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Калибрлеу сессиясының қатысушылары бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z141" w:id="133"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z141" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z142" w:id="134"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z142" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорытынды баға калибрлеу сессиясы қатысушыларының басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Бөлім басшысы хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z143" w:id="135"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z143" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z144" w:id="136"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z144" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z145" w:id="137"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z145" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z146" w:id="138"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z146" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z147" w:id="139"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z147" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z148" w:id="140"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z148" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4147,35 +4545,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>