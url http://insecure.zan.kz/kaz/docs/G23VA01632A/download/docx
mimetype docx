--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c01e229" w14:textId="c01e229">
+    <w:p w14:paraId="e965b03" w14:textId="e965b03">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -634,72 +634,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Бөлім) Өскемен қаласының тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+        <w:t>
+      1. "Өскемен қаласының тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі" мемлекеттік мекемесі (бұдан әрі – Бөлім) Өскемен қаласының тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бөлімде мынадай ведомстволары бар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
@@ -791,2518 +771,2874 @@
         <w:t>
       2) Өскемен қаласы әкімдігінің "Өскемен Водоканал" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорыны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Өскемен қаласы әкімдігінің "ТАЗА ӨСКЕМЕН" шаруашылық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорыны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
-[...15 lines deleted...]
-      4) "Өскемен қаласы жолаушылар тасымалдауды басқару орталығы" жауапкершілігі шектеулі серіктестігі;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) алып тасталды Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3733</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Өскемен қаласының көлік компаниясы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 05.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 2171</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3733</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Бөлім өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасы Президентінің және Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бөлім ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...15 lines deleted...]
-      4. Бөлім ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бөлім өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      5. Бөлім өз атынан азаматтық-құқықтық қатынастарға түседі.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бөлім Қазақстан Республикасының заңнамамен, сондай-ақ осы Ережемен белгіленген құзыреті шегінде мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      6. Бөлім Қазақстан Республикасының заңнамамен, сондай-ақ осы Ережемен белгіленген құзыреті шегінде мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бөлім өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіпте Бөлім басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      7. Бөлім өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіпте Бөлім басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бөлімнің штат санының лимитін Қазақстан Республикасының заңнамасына сәйкес Өскемен қаласының әкімдігімен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...15 lines deleted...]
-      8. Бөлімнің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес айқындайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3733</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бөлімнің орналасқан жері: Қазақстан Республикасы, Шығыс Қазақстан облысы, Өскемен қаласы, Казақстан көшесі, 27, пошталық индексі 070004.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
-[...15 lines deleted...]
-      9. Бөлімнің орналасқан жері: Қазақстан Республикасы, Шығыс Қазақстан облысы, Өскемен қаласы, Казақстан көшесі, 27, пошталық индексі 070004.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы Ереже Бөлімнің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> болып табылады.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Бөлімнің қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
-[...15 lines deleted...]
-      11. Бөлімнің қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бөлімге кәсіпкерлік субъектілерімен Бөлімнің өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
-[...15 lines deleted...]
-      12. Бөлімге кәсіпкерлік субъектілерімен Бөлімнің өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Бөлімге заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
-[...15 lines deleted...]
-      Егер Бөлімге заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
-[...15 lines deleted...]
-      13. Мақсаттары:</w:t>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қаланың тіршілік қызметін инженерлік қамтамасыз ету жүйесінің жұмыс істеуін және дамытуды ұйымдастыру және қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
-[...15 lines deleted...]
-      1) қаланың тіршілік қызметін инженерлік қамтамасыз ету жүйесінің жұмыс істеуін және дамытуды ұйымдастыру және қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бюджеттік саланың мекемелері мен тұрғындар алатын коммуналдық қызметтер сапасының деңгейін тұрақтандыру және одан әрі өсіру мәселелерінде коммуналдық саладағы кәсіпорындармен өзара әрекет ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
-[...15 lines deleted...]
-      2) бюджеттік саланың мекемелері мен тұрғындар алатын коммуналдық қызметтер сапасының деңгейін тұрақтандыру және одан әрі өсіру мәселелерінде коммуналдық саладағы кәсіпорындармен өзара әрекет ету;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қалада қолайлы қоршаған ортаны құру және қолдау бойынша іс-шаралар кешенін жүргізу және көгалдандырудың, санитарлық жағдайының, көріктендірудің қажетті деңгейін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
-[...15 lines deleted...]
-      3) қалада қолайлы қоршаған ортаны құру және қолдау бойынша іс-шаралар кешенін жүргізу және көгалдандырудың, санитарлық жағдайының, көріктендірудің қажетті деңгейін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заңнамамен белгіленген жергілікті атқарушы органның құзыреті шегінде қала аумағында мемлекеттік бағдарламаларды іске асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
-[...15 lines deleted...]
-      4) заңнамамен белгіленген жергілікті атқарушы органның құзыреті шегінде қала аумағында мемлекеттік бағдарламаларды іске асыру.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
-[...15 lines deleted...]
-      14. Өкілеттіктері:</w:t>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
-[...15 lines deleted...]
-      1) құқықтары:</w:t>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құзыреті шегінде барлық ұйымдарда Бөлім мен мемлекеттің мақсат-мүдделерін ұсыну және олардың құқықтарын қорғау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
-[...15 lines deleted...]
-      құзыреті шегінде барлық ұйымдарда Бөлім мен мемлекеттің мақсат-мүдделерін ұсыну және олардың құқықтарын қорғау;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көріктендіру саласындағы қызметтерді жетілдіру туралы қала әкіміне және атқарушы органдарға ұсыныстар енгізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
-[...15 lines deleted...]
-      көріктендіру саласындағы қызметтерді жетілдіру туралы қала әкіміне және атқарушы органдарға ұсыныстар енгізу.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       акционерлік қоғамдар акцияларының мемлекеттік пакетіне және жауапкершілігі шектеулі серіктестіктерде қатысу үлестеріне, мемлекеттік заңды тұлғалар құқықтарының субъектісіне иелік ету және пайдалану құқығын жүзеге асыру, соның ішінде Қазақстан Республикасының мемлекеттік мүлік туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тиісті саладағы уәкілетті органдардың құзыретіне ұқсас шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әзірлеуші Бөлім болып табылатын, қала әкімінің және әкімдігінің нормативтік құқықтық актілеріне құқықтық мониторингті жүзеге асыру және оларға өзгерістер мен (немесе) толықтырулар енгізу немесе олардың күші жойылған деп тану бойынша уақытылы шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...15 lines deleted...]
-      әзірлеуші Бөлім болып табылатын, қала әкімінің және әкімдігінің нормативтік құқықтық актілеріне құқықтық мониторингті жүзеге асыру және оларға өзгерістер мен (немесе) толықтырулар енгізу немесе олардың күші жойылған деп тану бойынша уақытылы шаралар қабылдау;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаланың жергілікті атқарушы органының құзыреті шегінде Қазақстан Республикасының заңнамасын бұзушылықтар бойынша сот қараған кезде сотқа жүгінуге және қатысуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
-[...15 lines deleted...]
-      қаланың жергілікті атқарушы органының құзыреті шегінде Қазақстан Республикасының заңнамасын бұзушылықтар бойынша сот қараған кезде сотқа жүгінуге және қатысуға;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасымен қарастырылған басқа да құқықтарды жүзеге асыру және басқа да міндеттерді орындау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының заңнамасымен қарастырылған басқа да құқықтарды жүзеге асыру және басқа да міндеттерді орындау.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...15 lines deleted...]
-      15. Функциялары:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұрғын үй-коммуналдық шаруашылық саласындағы мемлекеттік саясатының негізгі бағыттарын іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
-[...15 lines deleted...]
-      1) тұрғын үй-коммуналдық шаруашылық саласындағы мемлекеттік саясатының негізгі бағыттарын іске асыру;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) су құбырларын, тазарту құрылыстарын, жылу және электр желілерін және басқа да көлік және инженерлік инфрақұрылымның объектілерін, қаланың байланыс желілерін салуды және пайдалануды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
-[...15 lines deleted...]
-      2) қаланың байланыс желілерінің су құбырларын, тазарту имаратының, жылу және электр желілерінің және басқа да көлік және инженерлік инфрақұрылым объектілерін салуды және пайдалануды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) жерлеудің және зираттарды күтіп ұстау ісін ұйымдастырудың үлгілік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес туысы жоқ адамдарды жерлеу және орындарының зираттарын күтіп-ұстауды және оларға қызмет көрсетуді ұйымдастыру, жерлеу жөніндегі істі ұйымдастыру туралы шарт талаптарының сақталуына бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
-[...15 lines deleted...]
-      3) туысы жоқ адамдарды жерлеу және жерлеу орындарының зираттарын күтіп-ұстауды және оларға қызмет көрсетуді ұйымдастыру, жерлеу жөніндегі істі ұйымдастыру туралы шарт талаптарының сақталуына бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) зират қорымының бос емес және бос учаскелері бойынша өзекті ақпаратты қаланың жергілікті атқарушы органының ресми интернет-ресурсында орналастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
-[...15 lines deleted...]
-      4) зират қорымының бос емес және бос учаскелері бойынша өзекті ақпаратты қаланың жергілікті атқарушы органының ресми интернет-ресурсында орналастырады;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қаланың жергілікті атқарушы органының құзыреті шегінде қала аумағын көріктендіру, жарықтандыру, көгалдандыру және санитарлық тазарту бойынша жұмыстарды және қоғамдық орындарды сыртқы ресімдеуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
-[...15 lines deleted...]
-      5) қаланың жергілікті атқарушы органының құзыреті шегінде қала аумағын көріктендіру, жарықтандыру, көгалдандыру және санитарлық тазарту бойынша жұмыстарды және қоғамдық орындарды сыртқы ресімдеуді ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заңнамамен берілген жергілікті атқарушы органның өкілеттіктер шегінде коммуналдық қызметтер саласында баға (тарифтік) саясатын қалыптастыруға қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
-[...15 lines deleted...]
-      6) заңнамамен берілген жергілікті атқарушы органның өкілеттіктер шегінде коммуналдық қызметтер саласында баға (тарифтік) саясатын қалыптастыруға қатысу;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тұрғын үй-коммуналдық шаруашылығы объектілерін, қалалық жолдар, көріктендіру объектілерін салу, реконструкциялау және күрделі жөндеу бойынша іс-шаралар жоспарын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
-[...15 lines deleted...]
-      7) тұрғын үй-коммуналдық шаруашылығы объектілерін, қалалық жолдар, көріктендіру объектілерін салу, реконструкциялау және күрделі жөндеу бойынша іс-шаралар жоспарын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) қалалық жолдарды, тұрғын үй-коммуналдық және коммуналдық мақсаттағы көріктендіру объектілерді пайдалануға қабылдау бойынша мемлекеттік комиссияның жұмысына қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
-[...15 lines deleted...]
-      8) қалалық жолдарды, тұрғын үй-коммуналдық және коммуналдық мақсаттағы көріктендіру объектілерді пайдалануға қабылдау бойынша мемлекеттік комиссияның жұмысына қатысу;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) қаланың жол-көпір шаруашылығы және көріктендіру объектілерін, тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігін дамытудың мақсатты бағдарламаларын қаржылық және материалдық қамтамасыз ету мәселелерін шешуге қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) жолаушылар мен багажды тұрақты қалалық, қала маңындағы тасымалдауды ұйымдастыру, маршруттарды бекіту жөніндегі жұмыстар, оларға қызмет көрсету құқығында конкурстарды ұйымдастыру және өткізу және Қазақстан Республикасының көлік саласындағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес маршруттар бойынша олардың қозғалыс кестесін бекіту;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жолаушылар мен багажды тұрақты қалалық, қала маңындағы автомобильмен тасымалдау маршруттарының тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
-[...15 lines deleted...]
-      11) жолаушылар мен багажды тұрақты қалалық, қала маңындағы автомобильмен тасымалдау маршруттарының тізілімін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) жолаушылар мен багажды таксимен тасымалдауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
-[...15 lines deleted...]
-      12) жолаушылар мен багажды таксимен тасымалдауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) қалалық, қала маңындағы қатынастарда әлеуметтік маңызы бар тасымалдарды жүзеге асыру кезінде тасымалдаушылардың шығындарын субсидиялауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
-[...15 lines deleted...]
-      13) қалалық, қала маңындағы қатынастарда әлеуметтік маңызы бар тасымалдарды жүзеге асыру кезінде тасымалдаушылардың шығындарын субсидиялауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) қалада жол қозғалысы қауіпсіздігін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
-[...15 lines deleted...]
-      14) қалада жол қозғалысы қауіпсіздігін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) жолдарда жол жүрісін ұйымдастыру жөніндегі іс-шараларды әзірлеу және іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
-[...15 lines deleted...]
-      15) жолдарда жол жүрісін ұйымдастыру жөніндегі іс-шараларды әзірлеу және іске асыру;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) ағаштарды кесуге рұқсат беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
-[...15 lines deleted...]
-      16) ағаштарды кесуге рұқсат беру;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) тұтынушылардың жылу пайдаланатын қондырғыларының техникалық жағдайына және пайдалануларына, жылу желілері бойынша жөндеу-қалпына келтіру жұмыстарының дайындығына және жүзеге асырылуына және олардың күзгі-қысқы кезеңде жұмыс істеуіне бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
-[...15 lines deleted...]
-      17) тұтынушылардың жылу пайдаланатын қондырғыларының техникалық жағдайына және пайдалануларына, жылу желілері бойынша жөндеу-қалпына келтіру жұмыстарының дайындығына және жүзеге асырылуына және олардың күзгі-қысқы кезеңде жұмыс істеуіне бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) жылу желілеріндегі (магистралдық, кварталішілік) технологиялық бұзушылықтарға тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
-[...15 lines deleted...]
-      18) жылу желілеріндегі (магистралдық, кварталішілік) технологиялық бұзушылықтарға тексеру жүргізу;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) жылу желілерін (магистралдық, кварталішілік) жоспарлы жөндеулерді келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
-[...15 lines deleted...]
-      19) жылу желілерін (магистралдық, кварталішілік) жоспарлы жөндеулерді келісу;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) барлық қуаттылықтағы жылыту қазандықтарының және жылу желілерінің (магистралдық, кварталішілік) күзгі-қысқы жағдайлардағы жұмысқа дайындық паспорттарын беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
-[...15 lines deleted...]
-      20) барлық қуаттылықтағы жылыту қазандықтарының және жылу желілерінің (магистралдық, кварталішілік) күзгі-қысқы жағдайлардағы жұмысқа дайындық паспорттарын беру;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) тұтынушылардың жылу энергиясынан шектелуіне, қазандықтардың энергетикалық жабдығының бүлінуіне әкеп соққан жылу желілерінің жұмысындағы технологиялық бұзушылықтарды тергеп-тексерулердің есебін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
-[...15 lines deleted...]
-      21) тұтынушылардың жылу энергиясынан шектелуіне, қазандықтардың энергетикалық жабдығының бүлінуіне әкеп соққан жылу желілерінің жұмысындағы технологиялық бұзушылықтарды тергеп-тексерулердің есебін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) энергия үнемдеу және энергия тиімділігін арттыру саласындағы іс-шараларды тиісті ауданның, облыстық маңызы қаланың даму бағдарламасына енгізу жөніндегі жұмысты ұйымдастыру, сондай-ақ энергия үнемдеу және энергия тиімділігін арттыру саласында ақпараттық қызметті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
-[...15 lines deleted...]
-      22) энергия үнемдеу және энергия тиімділігін арттыру саласындағы іс-шараларды тиісті ауданның, облыстық маңызы қаланың даму бағдарламасына енгізу жөніндегі жұмысты ұйымдастыру, сондай-ақ энергия үнемдеу және энергия тиімділігін арттыру саласында ақпараттық қызметті жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) энергия үнемдеу және энергия тиімділігін арттыру саласында мемлекеттік саясатты жүргізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
-[...15 lines deleted...]
-      23) энергия үнемдеу және энергия тиімділігін арттыру саласында мемлекеттік саясатты жүргізуді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) қаланың жергілікті атқарушы органның құзыреті шегінде коммуналдық қалдықтармен айналысу саласында мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
-[...15 lines deleted...]
-      24) қаланың жергілікті атқарушы органның құзыреті шегінде коммуналдық қалдықтармен айналысу саласында мемлекеттік саясатты іске асыру;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) коммуналдық қалдықтарды бөлек жинауды жүзеге асыруды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
-[...15 lines deleted...]
-      25) коммуналдық қалдықтарды бөлек жинауды жүзеге асыруды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) коммуналдық қалдықтардың қалыптасу және жиналу нормаларын есептеу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
-[...15 lines deleted...]
-      26) коммуналдық қалдықтардың қалыптасу және жиналу нормаларын есептеу қағидаларын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) қаланың жергілікті өкілді органдарына бекітуге ұсыну үшін коммуналдық қалдықтардың түзілу және жинақталу нормаларын әзірлеуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28) қаланың жергілікті өкілді органдарына ұсыну үшін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қарастырылған тәртіпте, халық үшін қатты тұрмыстық қалдықтарды жинауға, тасымалдауға, сұрыптауға және көмуге арналған тарифтер бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) коммуналдық қалдықтарды басқару және олардың орындалуын қамтамасыз ету жөніндегі бағдарламаларды әзірлеуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
-[...15 lines deleted...]
-      29) коммуналдық қалдықтарды басқару және олардың орындалуын қамтамасыз ету жөніндегі бағдарламаларды әзірлеуді ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) коммуналдық қалдықтарды жинау, тасымалдау, сұрыптау, қалпына келтіру және жою жөніндегі қызметті жүзеге асыратын кәсіпкерлік субъектілері үшін қажетті инфрақұрылымды құруды және оның жұмыс істеуін, соның ішінде мемлекеттік-жекешелік әріптестік арқылы қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
-[...15 lines deleted...]
-      30) коммуналдық қалдықтарды жинау, тасымалдау, сұрыптау, қалпына келтіру және жою жөніндегі қызметті жүзеге асыратын кәсіпкерлік субъектілері үшін қажетті инфрақұрылымды құруды және оның жұмыс істеуін, соның ішінде мемлекеттік-жекешелік әріптестік арқылы қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) коммуналдық органикалық қалдықтарды бөлек жинауды және оларды қалпына келтіруді, оның ішінде компостерлеу арқылы ынталандыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
-[...15 lines deleted...]
-      31) коммуналдық органикалық қалдықтарды бөлек жинауды және оларды қалпына келтіруді, оның ішінде компостерлеу арқылы ынталандыру;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) экологиялық заңнаманың талаптарына және коммуналдық қалдықтарды басқару қағидаларына сәйкес қатты тұрмыстық қалдықтарды жинауды және тасымалдауды жүзеге асыратын қатты тұрмыстық қалдықтар нарығына қатысушыларды айқындау бойынша конкурс (тендер) өткізу арқылы қатты тұрмыстық қалдықтарды жинаудың орталықтандырылған жүйесін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
-[...15 lines deleted...]
-      32) экологиялық заңнаманың талаптарына және коммуналдық қалдықтарды басқару қағидаларына сәйкес қатты тұрмыстық қалдықтарды жинауды және тасымалдауды жүзеге асыратын қатты тұрмыстық қалдықтар нарығына қатысушыларды айқындау бойынша конкурс (тендер) өткізу арқылы қатты тұрмыстық қалдықтарды жинаудың орталықтандырылған жүйесін ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) Қазақстан Республикасының заңнамасына сәйкес, осы Ережемен белгіленген қаланың жергілікті атқарушы органының құзыреті шегінде және қоршаған ортаны қорғау, қалпына келтіру және сақтау саласындағы қызметті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
-[...15 lines deleted...]
-      33) Қазақстан Республикасының заңнамасына сәйкес, осы Ережемен белгіленген қаланың жергілікті атқарушы органының құзыреті шегінде және қоршаған ортаны қорғау, қалпына келтіру және сақтау саласындағы қызметті жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) тарихи ластану объектілерін анықтау мен бағалауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
-[...15 lines deleted...]
-      34) тарихи ластану объектілерін анықтау мен бағалауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) тарихи ластануды жоюды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
-[...15 lines deleted...]
-      35) тарихи ластануды жоюды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) тахографтарды орнату және оған қызмет көрсету жөніндегі қызметті жүзеге асыруды бастағаны туралы хабарлама берген жеке және заңды тұлғалардың тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
-[...15 lines deleted...]
-      36) тахографтарды орнату және оған қызмет көрсету жөніндегі қызметті жүзеге асыруды бастағаны туралы хабарлама берген жеке және заңды тұлғалардың тізілімін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) таксимен тасымалдаушы ретінде қызметті жүзеге асыруды бастағаны туралы хабарлама берген жеке кәсіпкерлер мен заңды тұлғалардың тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
-[...15 lines deleted...]
-      37) таксимен тасымалдаушы ретінде қызметті жүзеге асыруды бастағаны туралы хабарлама берген жеке кәсіпкерлер мен заңды тұлғалардың тізілімін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) қалалық рельсті көліктің көлік құралдарын мемлекеттік тіркеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
-[...15 lines deleted...]
-      38) қалалық рельсті көліктің көлік құралдарын мемлекеттік тіркеуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) арнайы алаңдарда немесе автотұрақтарда ұсталған көлік құралдарын, кемелерді, оның ішінде шағын көлемді кемелерді сақтауды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
-[...15 lines deleted...]
-      39) арнайы алаңдарда немесе автотұрақтарда ұсталған көлік құралдарын, кемелерді, оның ішінде шағын көлемді кемелерді сақтауды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) тұрғылықты жері бойынша қоғамдық орындарда қылмыстық және әкімшілік жауаптылыққа тартылған адамдарды қоғамдық жұмыстарға тарту түрінде жазаны өтеу үшін белгілі бір біліктілікті талап етпейтін тегін қоғамдық пайдалы жұмыстарды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
-[...15 lines deleted...]
-      40) қоғамдық жұмыстарға тартылған сотталғандар үшін олардың тұрғылықты жері бойынша қоғамдық орындарда қоғамдық жұмыстарды ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) тұрақты жұмыс орны жоқ және оқумен айналыспайтын, мәжбүрлі еңбекке тартылған, бас бостандығын шектеуге сотталғандар үшін қоғамдық жұмыс орындарын ұйымдастыру және айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
-[...15 lines deleted...]
-      41) тұрақты жұмыс орны жоқ және оқумен айналыспайтын, мәжбүрлі еңбекке тартылған, бас бостандығын шектеуге сотталғандар үшін қоғамдық жұмыс орындарын ұйымдастыру және айқындау;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) қаланың жергілікті атқарушы органының өкілеттіктері шегінде әкімшілік құқық бұзушылық туралы хаттамалар жасау:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
-[...15 lines deleted...]
-      42) әкімшілік құқық бұзушылықтар туралы хаттамалар жасау:</w:t>
+    <w:bookmarkStart w:name="z130" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электр энергетикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жылу энергетикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саласындағы заңнамасын бұзу (жергілікті жылумен жабдықтау жүйесіндегі жылумен жабдықтау субъектілері және жылу энергиясын тұтынушылар бөлігінде);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkStart w:name="z131" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электр қондырғыларын орнатудың, электр станциялары мен желілерін техникалық пайдаланудың, электр станциялары мен жылу желілерінің жылу-механикалық жабдығын пайдалану кезіндегі қауіпсіздік техникасының, тұтынушылардың электр қондырғыларын техникалық пайдаланудың, электр қондырғыларын пайдалану кезіндегі қауіпсіздік техникасының, тұтынушылардың электр қондырғыларын пайдалану кезіндегі қауіпсіздік техникасының бекітілген қағидаларын бұзу, сондай-ақ энергия тұтынудың белгіленген режимдерін бұзу (жергілікті жылумен жабдықтау жүйесіндегі жылумен жабдықтау субъектілері және жылу энергиясын тұтынушылар бөлігінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z132" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      энергия өндіруші ұйымдардың және жылу өндіруші субъектілердің бекітілген отын қоры нормативтерін күзгі-қысқы кезеңде сақтамауы (жергілікті жылумен жабдықтау жүйесіндегі жылумен жабдықтау субъектілері бөлігінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z133" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әзірлік паспортын алу мерзімін бұзу (жергілікті жылумен жабдықтау жүйесіндегі жылумен жабдықтау субъектілері бөлігінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z134" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электр және жылу желілеріне қосуға арналған техникалық шарттарды беруге қойылатын талаптарды бұзу (жергілікті жылумен жабдықтау жүйесіндегі жылумен жабдықтау субъектілері бөлігінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z135" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      технологиялық бұзушылықтар туралы ақпаратты беру жөніндегі талаптарды бұзу (жергілікті жылумен жабдықтау жүйесіндегі жылумен жабдықтау субъектілері бөлігінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z136" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электр станцияларының, жылу энергиясы көздерінің, жылу және электр желілерінің жабдықтарына, ғимараттары мен құрылыс жайларына техникалық қызмет көрсетуді және оларды жөндеуді ұйымдастыру қағидаларын бұзу (жергілікті жылумен жабдықтау жүйесіндегі жылумен жабдықтау субъектілері бөлігінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z137" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Электр энергетикасы туралы </w:t>
+      Қазақстан Республикасының жаңартылатын энергия көздерін пайдалануды қолдау саласындағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұзу (барлық қуаттылықтағы қазандықтар, жылу желілері және жылу энергиясы бөлігінде);</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+        <w:t xml:space="preserve"> бұзу (жергілікті жылумен жабдықтау жүйесіндегі жылумен жабдықтау субъектілері және жылу энергиясын тұтынушылар бөлігінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z138" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жылу желілерін бүлдiру (жергілікті жылумен жабдықтау жүйесіндегі жылумен жабдықтау субъектілерінің, жылу энергиясын тұтынушылардың жылу желілері бөлігінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z139" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электр және жылу желілері жолдарының күзет аймақтарында жұмыстар жүргiзу (жергілікті жылумен жабдықтау жүйелеріндегі, жылу энергиясын тұтынушылардың жылу желілері жүйелері объектілерінің күзет аймақтары бөлігінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z140" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орталықтандырылған жылумен жабдықтау жүйесінің және (немесе) жергілікті жылумен жабдықтау жүйесінің жылу желілеріне өз бетінше қосылу (жергілікті жылумен жабдықтау жүйелеріндегі және жылу энергиясын тұтынушылардың жылу желілері бөлігінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z141" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жарық беру мақсатында ауыспалы тоқ тiзбектерiнде пайдаланылуы мүмкiн, қуаты 25 Вт және одан да жоғары электр қыздыру шамдарын пайдалану түрінде энергия үнемдеу және энергия тиімділігін арттыру саласында өнімді сату және пайдалану жөніндегі шектеулерді бұзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z142" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ағаштар мен бұталарды заңсыз кесу, жою немесе зақымдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z102" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) қала көшелерінің тізбесін бекіту жөнінде ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z103" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының қайта жаңартылатын энергия көздерін пайдалануды қолдау саласындағы </w:t>
-[...139 lines deleted...]
-      44) Қазақстан Республикасының мемлекеттік сатып алу туралы, мемлекеттік-жекешелік әріптестік саласындағы және концессиялар туралы </w:t>
+      44) Қазақстан Республикасының мемлекеттік сатып алу туралы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік-жекешелік әріптестік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саласындағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес қала көшелерін салу, реконструкциялау, пайдалану, жөндеу және күтіп ұстау жөніндегі жұмыстарды ұйымдастыру;</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+        <w:t xml:space="preserve"> сәйкес қала жолдарын, көшелерін салу, реконструкциялау, пайдалану, жөндеу және күтіп ұстау жөніндегі жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z104" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) автомобиль жолдарының (көпiр өткелдерiнiң) учаскелерін мемлекеттік-жекешелік әріптестік жобасын іске асыру үшін, оларды пайдалану тәртібі мен шарттарын, олармен жүрiп өту үшiн мөлшерлемелердің мөлшерiн әзiрлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z105" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) қала көшелерінің желісін басқару, қаланың көше-жол желісін дамытуды жоспарлау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z106" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) қаланың коммуналдық меншігіндегі жолдарды және жол кәсіпорындарын басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z143" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47-1) мүгедектігі бар адамдарға қызмет көрсетуге бағдарланған мекемелер орналасқан жерлерде, сондай-ақ адамдар көп жүретін жерлерде ілеспе дыбыс және жарық сигналдары бар арнаулы бағдаршамдарды, жол белгілерін және нұсқағыштарды, дыбыс және жарық құрылғыларымен жабдықталған жаяу жүргіншілер өткелдерін орнатуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z144" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47-2) электрқуаттау станцияларын орналастыру туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z145" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47-3) балалардың ойын алаңдарына арналған жабдықтың қауіпсіз пайдаланылуына мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z146" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47-4) әлеуметтік маңызы бар бағыттар бойынша жолаушылар мен багажды тасымалдаудың тарифтерін есептеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z107" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) Бөлімнің құзыретіне кіретін мәселелер бойынша қала әкімінің және әкімдігінің құқықтық және нормативтік құқықтық актілерінің жобаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z108" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) Қазақстан Республикасының қолданыстағы заңнамасында көзделген жергілікті мемлекеттік басқару мүддесінде өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгерістер енгізілді - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3733</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z110" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бөлімді басқаруды бірінші басшы жүзеге асырады, ол Бөлімге жүктелген міндеттердің орындалуына және оның өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z111" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бөлімнің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z112" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бөлімнің бірінші басшысының орынбасарлары болады, олар Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z113" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Бөлімнің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z114" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңнамасымен және осы Ережемен анықталатын өз құзыретіне сәйкес Бөлім қызметінің мәселелерін шешеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z115" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Бөлімнің құрылымын дербес анықтайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z116" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Бөлімнің құзыретіне кіретін мәселелер бойынша кеңестерді белгіленген тәртіпте шақырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z117" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Бөлім қызметкерлерінің өкілеттіктерін анықтайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z118" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) барлық ұйымдарда Бөлімнің мүдделерін қорғайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z119" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) сыбайлас жемқорлыққа қарсы іс-әрекет бойынша қажетті шаралар қабылдайды және ол үшін дербес жауап береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z120" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының заңнамасымен қарастырылған өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z121" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлімнің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z122" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z123" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z124" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Бөлімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z125" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлімнің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z126" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Бөлімге бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z127" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Егер заңнамада өзгеше көзделмесе, Бөлімнің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзге де тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z128" w:id="120"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z128" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z129" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Бөлімді қайта құру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>