--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="253d97d" w14:textId="253d97d">
+    <w:p w14:paraId="04007cb" w14:textId="04007cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,59 @@
         </w:rPr>
         <w:t>"Өскемен қаласының ішкі саясат бөлімі" мемлекеттік мекемесі туралы Ережені бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 2023 жылғы 7 ақпандағы № 460 қаулысы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің 40-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -175,171 +181,186 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасы Үкіметінің 2021 жылғы 1 қыркүйектегі № 590 "Мемлекеттік органдар мен олардың құрылымдық бөлімшелерінің қызметін ұйымдастырудың кейбір мәселелері туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Өскемен қаласының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған "Өскемен қаласының ішкі саясат бөлімі" мемлекеттік мекемесі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Өскемен қаласының ішкі саясат бөлімі" мемлекеттік мекемесі осы қаулыдан туындайтын Қазақстан Республикасының заңнамасымен көзделген шараларды қабылдауды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өскемен қаласы әкімдігінің 2020 жылғы 25 маусымдағы № 2160 "Өскемен қаласының ішкі саясат бөлімі" мемлекеттік мекемесінің Ережесін бекіту туралы" қаулысының күші жойылсын.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы қаулының орындалуын бақылау жетекшілік ететін Өскемен қаласы әкімінің орынбасарына жүктелсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -543,1996 +564,2265 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 07 ақпан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 460 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Өскемен қаласының ішкі саясат бөлімі" мемлекеттік мекемесі туралы Ережесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Өскемен қаласының ішкі саясат бөлімі" мемлекеттік мекемесі (бұдан әрі-Бөлім) ішкі саясат саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда, орыс тіліндегі мәтін өзгермейді - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 22.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бөлімнің ведомствосы Өскемен қаласы әкімдігінің "Жастар ресурстық орталығы" коммуналдық мемлекеттік мекемесі бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...64 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Бөлім өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасы Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бөлім мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бөлім азаматтық-құқықтық қатынастарды өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бөлім Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген болса, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бөлім өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Бөлім басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бөлімнің штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес Өскемен қаласының әкімдігімен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3832</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бөлімнің орналасқан жері: Қазақстан Республикасы, Шығыс Қазақстан облысы, Өскемен қаласы, Антон Чехов көшесі, 33, пошталық индексі 070004.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
-[...15 lines deleted...]
-      5. Бөлім азаматтық-құқықтық қатынастарды өз атынан түседі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы Ереже Бөлімнің құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Бөлімнің қызметін қаржыландыру Қазақстан Республикасының республикалық және жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      6. Бөлім Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген болса, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бөлімге кәсіпкерлік субъектілерімен Бөлімнің өкілеттіктері болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады. Егер Бөлімге заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...15 lines deleted...]
-      7. Бөлім өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Бөлім басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
-[...15 lines deleted...]
-      8. Бөлім құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      9. Бөлімнің орналасқан жері: Қазақстан Республикасы, Шығыс Қазақстан облысы, Өскемен қаласы, Антон Чехов көшесі, 33, пошталық индексі 070004.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әлеуметтік-экономикалық, мәдени және қоғамдық-саяси салалардағы мемлекеттік саясаттың негізгі басымдықтарын іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> болып табылады.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы Президентінің және Үкіметінің, облыс (қала) әкімінің мекеменің құзыретіне қатысты мәселелер бойынша актілер мен тапсырмаларының орындалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      11. Бөлімнің қызметін қаржыландыру Қазақстан Республикасының республикалық және жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстанның 2050 жылға дейінгі даму стратегиясының, Президенттің Қазақстан халқына Жолдауларының, мемлекеттік және салалық бағдарламалар мен басқа да стратегиялық құжаттардың негізгі басымдықтарын түсіндіруді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      12. Бөлімге кәсіпкерлік субъектілерімен Бөлімнің өкілеттіктері болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады. Егер Бөлімге заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ішкі саясат саласындағы бағдарламалық құжаттарды әзірлеу және іске асыру жөніндегі жұмысты үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ішкі саясат саласындағы жұмыстарды ұйымдастыру бойынша практикалық ұсыныстар, Қазақстан дамуының ұзақ мерзімді басымдықтарының тиімді іске асыру бойынша ұсыныстар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қаладағы ішкі саяси процестерді және олардың даму үрдістерін зерделеу мен оларға талдау жүргізуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) азаматтық қоғам институттарымен, қаланың қоғам жұртшылығының өкілдерімен өзара іс-қимыл жасау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзыреті шегінде Қазақатан Республикасының заңнамалық актілерінде белгіленген талаптарды сақтай отырып, мекемеге жүктелген функцияларды жүзеге асыру үшін мемлекеттік органдар мен өзге де ұйымдардан заңнамада белгіленген мерзімдерде ақпарат пен құжаттарды сұрату және алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...227 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мекеменің қызмет сапасына, тиісті мемлекеттік органдар мен лауазымды тұлғаларға қатысты ұсынымдар беру, олардың Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген жергілікті атқарушы органдардың өз құзіреті шегінде орындалуын бақылау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мекеменің құзіретіне жататын сұрақтарды, ұсыныстарды, ақпараттарды, шешімдердің жобаларын әкімдіктің қарауына енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сай мемлекеттік заңды тұлғалардың құқық субъектілерін, оның ішінде тиісті саладағы уәкілетті органдардың құзыреттеріне ұқсас шешімдерді қабылдауға, акционерлік қоғамдар акцияларының мемлекеттік пакетін және жауапкершілігі шектеулі серіктестердегі қатысу үлестерін иелену мен пайдалану құқықтарын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасында көзделген өзге де құқықтарды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік органдарымен өткізілетін мекеменің құзыреті мәселелеріне қатысты мәжілістерде, жиналыс пен кеңестерге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының қолданыстағы заңнамасына сәйкес қызметті жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әзірлеуші болып табылатын әкім мен әкімдіктің нормативтік құқықтық актілеріне құқықтық мониторингті жүзеге асыру және оларға өзгерістер мен (немесе) толықтырулар енгізу жөнінде уақытылы шаралар қабылдау және оларды қаулының күші жойылды деп тану.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
-[...15 lines deleted...]
-      мекеменің құзіретіне жататын сұрақтарды, ұсыныстарды, ақпараттарды, шешімдердің жобаларын әкімдіктің қарауына енгізу;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының қолданыстағы заңнамасымен қарастырылған басқа міндеттерді орындау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сай мемлекеттік заңды тұлғалардың құқық субъектілерін, оның ішінде тиісті саладағы уәкілетті органдардың құзыреттеріне ұқсас шешімдерді қабылдауға, акционерлік қоғамдар акцияларының мемлекеттік пакетін және жауапкершілігі шектеулі серіктестердегі қатысу үлестерін иелену мен пайдалану құқықтарын жүзеге асыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармаққа өзгеріс енгізілді, орыс тіліндегі мәтін өзгермейді - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 22.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелікон күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының заңнамасында көзделген өзге де құқықтарды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ішкі саясаттың негізгі бағыттары бойынша, оның ішінде білім, халықты әлеуметтік қамтамасыз ету және қорғау, жұмыспен қамту, этносаралық және конфессияаралық келісім, патриоттық тәрбие беру және жастар саясаты, мемлекеттік рәміздерді насихаттау, тіл, ақпараттық, мәдени, гендерлік және отбасылық-демографиялық салалардағы мәселелер бойынша қаладағы атқарушы органдардың қызметтерін ақпараттық-идеологиялық сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
-[...15 lines deleted...]
-      2) міндеттері:</w:t>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ішкі саяси тұрақтылықты, халықтың бірлігін және қоғамның шоғырлануын қамтамасыз етуге бағытталған практикалық және өзге де шаралар кешенін іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
-[...15 lines deleted...]
-      мемлекеттік органдарымен өткізілетін мекеменің құзыреті мәселелеріне қатысты мәжілістерде, жиналыс пен кеңестерге қатысу;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қаладағы ірі қоғамдық-маңызды іс-шараларды ақпараттық-талдамалық және ұйымдастырушылық-техникалық сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының қолданыстағы заңнамасына сәйкес қызметті жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік-экономикалық, қоғамдық-саяси және өзге де салалардағы қаланың жергілікті атқарушы органының қызметі туралы ақпараттық-түсіндіру жұмыстарын ұйымдастыру, осы бағыттағы жұмыстарды жетілдіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
-[...15 lines deleted...]
-      әзірлеуші болып табылатын әкім мен әкімдіктің нормативтік құқықтық актілеріне құқықтық мониторингті жүзеге асыру және оларға өзгерістер мен (немесе) толықтырулар енгізу жөнінде уақытылы шаралар қабылдау және оларды қаулының күші жойылды деп тану.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Президенттің Қазақстан халқына Жолдауларын және басқа да стратегиялық құжаттарды түсіндіру жөніндегі республикалық және өңірлік деңгейдегі ақпараттық топтардың қаладағы қызметін ұйымдастыру, ақпарат насихаттаушы топтарды ақпараттық-әдістемелік қызметті ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының қолданыстағы заңнамасымен қарастырылған басқа міндеттерді орындау.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) саяси партиялармен, үкіметтік емес ұйымдармен, этномәдени және діни бірлестіктермен, құқық қорғау және басқа да қоғамдық ұйымдармен, кәсіптік одақтармен, бұқаралық ақпарат құралдары, ғылыми және шығармашыл қауыммен, қоғамдық пікір жетекшілерімен өзара іс-қимыл жасауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мекеменің құзыретіне кіретін мәселелер бойынша облыс (әкімдік) жанында әрекет ететін консультативті-кеңесші органдар мен жұмыс топтарының қызметтерін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) қаладағы қоғамдық-саяси ахуалға талдау жасау және болжау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) қаладағы мемлекеттік ақпараттық саясатты тиімді іске асыруды қамтамасыз ету, оның ішінде бұқаралық ақпарат құралдарының мемлекеттік ақпараттық тапсырыстарды орындау жөніндегі қызметтерін әдістемелік қолдау және олардың қызметтерін үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) әлеуметтік маңызды жобаларды орындауға арналған мемлекеттік әлеуметтік тапсырыстардың тиімді іске асыруды қамтамасыз ету, оның ішінде конкурстық рәсімдер мен жобалардың іске асырылу барысына мониторинг жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) концептуалдық құжаттарды әзірлеуге, құқықтық және нормативтік құқықтық актілерінің жобалары, Бөлімнің құзырына кіретін мәселелер бойынша қала әкімі мен әкімдігінің актілерінің жобаларын дайындауға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) жоғары тұрған мемлекеттік органдармен, мәслихаттармен, облыс, Өскемен қаласы әкімінің аппаратымен, Шығыс Қазақстан облысы халқы Ассамблеясының хатшылығымен бөлімнің құзыретіне кіретін мәселелер бойынша өзара іс-қимыл жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Бөлімнің құзыретіне кіретін мәселелер бойынша ақпараттық дерекқорды қалыптастыру, жинақтау, қорытындылау және жіктеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жергілікті атқарушы органның құзыреті шегінде мәселелерді қарау кезінде барлық ұйымдарда мемлекет мүдделерін білдіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) әкімшілік құқық бұзушылықтар туралы хаттамалар жасау:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Мемлекеттік Туына және Қазақстан Республикасының Мемлекеттік Елтаңбасына қойылатын ұлттық стандарттарды бұзғаны үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұқаралық ақпарат құралдарының өнімін, сол сияқты өзге де өнімді Қазақстан Республикасының аумағында дайындағаны, сақтағаны, әкелгені, тасымалдағаны, таратқаны үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...404 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тіркелмеген діни бірлестіктер мен рухани білім беру ұйымдарын жарнама түрінде жасалған жарнама туралы Қазақстан Республикасының заңнамасын бұзғаны үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының коммерциялық емес ұйымдар туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұзғаны үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының діни қызмет және діни бірлестіктер туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұзғаны үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының аумағында телерадио хабарларын тарату саласында лицензиясы жоқ және меншікті спутниктік хабар тарату жүйелері жоқ телерадио хабарларын тарату операторларының теле-, радиосигналын жеке қабылдауға арналған телерадио хабарларын тарату операторларының қызметтеріне шартты қол жеткізу карталарын тарату түрінде жасалған Қазақстан Республикасының бұқаралық ақпарат құралдары туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) қоғамдық бірлестіктермен өзара іс-қимылды жүзеге асыру, тиісті аумақтарда құрылған діни бірлестіктер мен миссионерлердің қызметін зерделеу, олар туралы деректер банкін құру, олардың құзыретіне жататын мәселелер бойынша өңірлік деңгейде ақпараттық-насихаттау іс-шараларын жүзеге асыру, өңірдегі діни ахуалды зерделеу және талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) құзыреті шегінде ақпараттық-түсіндіру іс-шараларын жүзеге асыру экстремизмнің алдын алуға бағытталған профилактикалық шараларды іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) Қазақстан Республикасының заңнамаларымен қарастырылған өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгеріс енгізілді - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3832</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z73" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бөлімге басшылықты Бөлімге жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бөлімнің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бөлімнің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Бөлімнің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Қазақстан Республикасының заңнамасымен және осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережемен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> анықталған өз құзыретіне сәйкес Бөлімнің қызметінің мәселелерін шешеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Бөлімнің құрылымын дербес анықтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z79" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Бөлімнің құзыретіне кіретін мәселелер бойынша белгіленген тәртіпте кеңестер шақырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Бөлім қызметкерлерінің өкілеттігін анықтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) барлық ұйымдарда Бөлімнің мүдделерін білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша қажетті шараларды қабылдайды және ол үшін дербес жауаптылықта болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) заңнамамен көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлімнің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бірінші басшы өз орынбасарының өкілеттігін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Бөлім Қазақстан Республикасының заңнамасында көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлім мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
-[...15 lines deleted...]
-      2) Бөлімнің құрылымын дербес анықтайды;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Егер заңнамада өзгеше көзделмесе, Бөлімнің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
-[...15 lines deleted...]
-      3) Бөлімнің құзыретіне кіретін мәселелер бойынша белгіленген тәртіпте кеңестер шақырады;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Бөлімге бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
-[...15 lines deleted...]
-      4) Бөлім қызметкерлерінің өкілеттігін анықтайды;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...147 lines deleted...]
-    <w:bookmarkEnd w:id="85"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Бөлімді қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>