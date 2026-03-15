--- v0 (2025-11-07)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="63b85b8" w14:textId="63b85b8">
+    <w:p w14:paraId="f932cc7" w14:textId="f932cc7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -686,90 +686,90 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытуға мемлекеттік білім беру тапсырысы</w:t>
+        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытуға арналған мемлекеттік білім беру тапсырысы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 12.03.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 60</w:t>
+        <w:t>№ 289</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі және 2025 жылғы 1 қаңтардан бастап туындаған құқықтық қатынастарға қолданылады).</w:t>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі және 01.01.2025 бастап туындаған құқықтық қатынастарға қолданылады).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -1330,87 +1330,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 602</w:t>
-[...35 lines deleted...]
-57 586</w:t>
+15 602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58 439</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1510,87 +1510,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103 422</w:t>
-[...35 lines deleted...]
-86 057</w:t>
+105 232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87 504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1695,51 +1695,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 586</w:t>
+58 439</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1767,159 +1767,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 437</w:t>
-[...107 lines deleted...]
-86 057</w:t>
+25 781</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 781</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105 232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87 504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2025,51 +2025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 385</w:t>
+58 235</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2169,51 +2169,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103 005</w:t>
+104 806</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2331,51 +2331,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 626</w:t>
+64 602</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2403,87 +2403,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 122</w:t>
-[...35 lines deleted...]
-28 122</w:t>
+28 520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 520</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2660,159 +2660,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 826</w:t>
-[...107 lines deleted...]
-28 211</w:t>
+64 807</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 611</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 611</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2990,195 +2990,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 385</w:t>
-[...143 lines deleted...]
-103 005</w:t>
+58 235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 608</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 690</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 690</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104 806</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3296,159 +3296,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 626</w:t>
-[...107 lines deleted...]
-28 122</w:t>
+64 602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 520</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3625,195 +3625,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 759</w:t>
-[...143 lines deleted...]
-112 117</w:t>
+62 695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 912</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114 097</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3954,159 +3954,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 759</w:t>
-[...107 lines deleted...]
-26 791</w:t>
+62 695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 912</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 714</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4283,195 +4283,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 759</w:t>
-[...143 lines deleted...]
-112 117</w:t>
+62 695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 912</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114 097</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4612,159 +4612,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 626</w:t>
-[...107 lines deleted...]
-28 122</w:t>
+64 602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 520</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4941,159 +4941,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 626</w:t>
-[...107 lines deleted...]
-28 122</w:t>
+64 602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 520</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5270,51 +5270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 826</w:t>
+64 807</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5342,87 +5342,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 211</w:t>
-[...35 lines deleted...]
-28 211</w:t>
+28 611</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 611</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5527,51 +5527,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ауыл</w:t>
+ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5599,195 +5599,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 759</w:t>
-[...143 lines deleted...]
-112 117</w:t>
+62 695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 912</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114 097</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5929,51 +5929,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 586</w:t>
+58 439</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6235,51 +6235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63 826</w:t>
+64 807</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6379,87 +6379,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-116 424</w:t>
-[...35 lines deleted...]
-95 322</w:t>
+118 498</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6576,71 +6576,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытуға ата-ана төлемақысының мөлшері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 12.03.2025 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 60</w:t>
+        <w:t>№ 289</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі және 2025 жылғы 1 қаңтардан бастап туындаған құқықтық қатынастарға қолданылады).</w:t>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі және 01.01.2025 бастап туындаған құқықтық қатынастарға қолданылады).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -6694,51 +6694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айына ата-ана төлемақысының мөлшері (теңге)</w:t>
+Айына ата-ананың ақы төлеу мөлшері (теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
@@ -7286,87 +7286,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 000/ 23 400</w:t>
+20 000/23 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 000/ 23 400</w:t>
+20 000/23 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7435,87 +7435,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 000/ 23 400</w:t>
+20 000/23 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 000/ 23 400</w:t>
+20 000/23 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7584,87 +7584,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 600/ 23 000</w:t>
+18 600/ 23 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 600/ 23 000</w:t>
+18 600/ 23 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7733,87 +7733,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 000/ 18 000</w:t>
+15 000/ 18 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 000/ 18 000</w:t>
+15 000/18 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8031,51 +8031,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 500/ 18 840</w:t>
+15 500/ 18 840</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8216,51 +8216,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 000/ 10 000</w:t>
+10 000/10 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8365,51 +8365,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 000/ 10 000</w:t>
+10 000/10 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8627,87 +8627,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 000/ 23 000</w:t>
+17 000/ 21 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 100/ 18 400</w:t>
+12 000/ 16 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8961,51 +8961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 333/ 12 560</w:t>
+10 333/ 12560</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9074,51 +9074,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 000 / 21 000</w:t>
+17 000/21 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9223,87 +9223,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 000 / 21 000</w:t>
+17 000/21 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 000/ 20 000</w:t>
+20 000/20 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>