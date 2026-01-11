--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4f58231" w14:textId="4f58231">
+    <w:p w14:paraId="e140e5a" w14:textId="e140e5a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,104 +85,220 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасы" мемлекеттік мекемесінің ережесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шығыс Қазақстан облысы әкімдігінің 2023 жылғы 11 қаңтардағы № 6 қаулысы. Күші жойылды - Шығыс Қазақстан облысы әкімдігінің 2025 жылғы 20 қазандағы № 264 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Шығыс Қазақстан облысы әкімдігінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Шығыс Қазақстан облысының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -195,151 +313,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасы" мемлекеттік мекемесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасы" мемлекеттік мекемесі (А.А. Мусинова):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы қаулыға қол қойылған күннен бастап күнтізбелік жиырма күн ішінде оның қазақ және орыс тілдеріндегі электрондық түрдегі көшірмесін Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жариялау үшін "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
-[...15 lines deleted...]
-      2. "Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасы" мемлекеттік мекемесі (А.А. Мусинова):</w:t>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы қаулыдан туындайтын шараларды қабылдауды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасы" мемлекеттік мекемесінің ережесін бекіту туралы" Шығыс Қазақстан облысы әкімдігінің 2016 жылғы 15 шілдедегі № 226 қаулысының күші жойылсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулының орындалуын бақылау облыс әкімінің бірінші орынбасары А. Б. Сматлаевқа жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -556,2890 +673,2965 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 жылғы "11" қаңтардағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 6 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасы" мемлекеттік мекемесінің ережесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасы" мемлекеттік мекемесі (бұдан әрі-Басқарма) халықты әлеуметтік қорғау және жұмыспен қамтуды үйлестіру саласында басшылықты жүзеге асыратын мемлекеттік орган болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Басқарма өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Басқарма </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мемлекеттік мекеменің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ұйымдық-құқықтық нысанындағы заңды тұлғасы болып табылады, Қазақстан Республикасының Елтаңбасы бейнеленген мөрі және қазақ және орыс тілдерінде атауы бар мөртаңбалары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Басқарма азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Басқарма, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар, егер заңнамаға сәйкес осыған уәкілеттік берілген болса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Басқарма өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республиксының заңнамасына сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
-[...15 lines deleted...]
-      4. Басқарма азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Заңды тұлғаның орналасқан жері: 070002, Қазақстан Республикасы, Шығыс Қазақстан облысы, Өскемен қаласы, Киевская көшесі, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      5. Басқарма, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар, егер заңнамаға сәйкес осыған уәкілеттік берілген болса.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік органның толық атауы – "Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасы" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы Ереже Басқарманың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>құрылтай құжаты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Басқармаға кәсіпкерлік субъектілерімен басқарманың өкілеттігі болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Басқармаға заңнамалық актілерді басқаруға кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда мұндай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері және өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нәтижелі жұмыспен қамтуды қамтамасыз ету, жұмыссыздықты қысқарту, жұмыс орындарын құруға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...15 lines deleted...]
-      12. Басқармаға кәсіпкерлік субъектілерімен басқарманың өкілеттігі болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) халықтың әлеуметтік осал топтарына әлеуметтік көмек көрсетуді үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
-[...15 lines deleted...]
-      Егер Басқармаға заңнамалық актілерді басқаруға кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда мұндай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мүгедектерді оңалту бойынша жұмыстарды үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заңнамада белгіленген құзыреті шегінде арнаулы әлеуметтік қызметтер көрсету саласында, халықты әлеуметтік қорғау саласында мемлекеттік саясатты іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заңнамада белгіленген құзыреті шегінде халықтың көші-қоны саласындағы мемлекеттік саясатты іске асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың функционалдық міндеттерін жүзеге асыру үшін облыстық, қалалық және аудандық атқарушы органдардан, ведомстволық бағыныстағы ұйымдардан қажетті құжаттарды, қорытындыларды, анықтамалық және өзге де материалдарды белгіленген тәртіппен сұрауға және алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құзыретіне кіретін мәселелер бойынша өңірлік жұмыспен қамту және әлеуметтік бағдарламалар бөлімдерінің және басқа да мемлекеттік мекемелердің, ұйымдардың қызметіне әдістемелік басшылықты жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құзыретіне кіретін мәселелер бойынша ақпараттық материалдар дайындауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әлеуметтік қорғаудың тұрғын үй-азаматтық және коммуналдық мақсаттағы объектілерін пайдалануға қабылдау жөніндегі комиссияның жұмысына қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасында көзделген өзге де құқықтарды жүзеге асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджет қаражатының уақтылы және нысаналы игерілуін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүктелген функцияларды орындауда заңдылықтың сақталуын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма қызметкерлерінің әкімшілік мемлекеттік қызметкерлердің этикасын сақтауды қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасында көзделген өзге де міндеттерді жүзеге асыруға.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) халықты жұмыспен қамтуға жәрдемдесуді қамтамасыз ететін іс-шараларды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) халықты жұмыспен қамту мәселелері бойынша жергілікті органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кәсіпкерлік бастамашылықты дамыту арқылы жұмыс орындарын құруды қолдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кәсіпкерлік бастамаға жәрдемдесуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жұмыс іздеп жүрген адамдарға, жұмыссыздарға әлеуметтік қорғау көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) халықты жұмыспен қамту мәселелері жөніндегі уәкілетті орган бөлген квота шегінде не квотадан тыс корпоративішілік ауыстыру шеңберінде жұмыс берушілерге өз аумағында және (немесе) басқа да әкімшілік-аумақтық бірліктерде еңбек қызметін жүзеге асыру үшін шетелдік жұмыс күшін тартуға арналған рұқсаттарды беру немесе ұзарту, сондай-ақ көрсетілген рұқсаттарды тоқтата тұру және кері қайтарып алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ауыр жұмыстардағы, еңбек жағдайлары зиянды, қауіпті жұмыстардағы жұмыс орындарын есепке алмағанда, жұмыс орындары санының екі-төрт пайызы мөлшерінде мүгедектігі бар адамдар үшін жұмыс орындарына квота белгілеу мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) пробация қызметінің есебінде тұрған адамдарды жұмысқа орналастыру үшін жұмыс орындарына квота белгілеудің мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) бас бостандығынан айыру орындарынан босатылған адамдарды жұмысқа орналастыру үшін жұмыс орындарына квота белгілеудің мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ата-анасынан кәмелеттік жасқа толғанға дейін айырылған немесе ата-анасының қамқорлығынсыз қалған, білім беру ұйымдарының түлектері болып табылатын жастар қатарындағы азаматтарды жұмысқа орналастыру үшін жұмыс орындарына квоталар белгілеудің мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік және үкіметтік бағдарламалар шеңберінде жұмыс орындарын құру мониторингін және халықты жұмыспен қамту мәселелері жөніндегі уәкілетті органға тиісті мәліметтерді ұсынуды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) халықты жұмыспен қамту орталықтарының қызметіне Қазақстан Республикасының халықты жұмыспен қамту туралы заңнамасын сақтау бойынша қызметті үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аударуы үшін елді мекендерге мониторинг жіргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жұмыс күшіне қатысты бөлігінде сұраныс пен ұсынысты талдайды, болжайды, өңірдің еңбек нарығының жай-күйі туралы жергілікті атқарушы органдарға және халықты жұмыспен қамту мәселелері жөніндегі уәкілетті органға хабарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мемлекеттік, үкіметтік бағдарламалар және аумақтарды дамыту бағдарламалары, сондай-ақ жекеше сектор бастамалары шеңберінде іске асырылатын жобаларда сұранысқа ие мамандықтар бойынша ағымдағы бос орындар және құрылатын жұмыс орындарының болжамы туралы әлеуметтік-еңбек саласының бірыңғай ақпараттық жүйесінің дерекқорын қалыптастыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) мүгедектігі бар адамдарды жұмысқа орналастыру үшін арнаулы жұмыс орындарын құру жөніндегі жұмысты ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) жергілікті атқарушы органдардың білім мәселелері жөніндегі құрылымдық бөлімшелерінен, білім жөніндегі ұйымдардан, кәсіптік оқытуды жүзеге асыратын білім беру қызметіне құқығы бар ұйымдардың жанындағы оқу орталықтарынан түлектердің жұмысқа орналасуы туралы мәліметтер, оқыту жүргізілетін кәсіптер (мамандықтар) туралы және нақты кәсіптер (мамандықтар) бойынша даярланған және даярлау жоспарланып отырған және бітіріп шығатын мамандар саны туралы ақпарат сұратады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аударуы үшін елді мекендерді айқындау бойынша ұсыныстарды жергілікті атқарушы органдарға енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) жұмыстан босату және жұмыс орындарын қысқарту қатері бар ұйымдардың мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) өз құзыреті шегінде халықтың көші-қоны саласындағы мемлекеттік саясатты іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) халықтың көші-қоны мәселелері жөніндегі уәкілетті органға тиісті аумақтарды қандастар мен қоныс аударушыларды қоныстандыруға арналған өңірлерге жатқызу туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) халықтың көші-қоны мәселелері жөніндегі уәкілетті органға қандастар мен қоныс аударушыларды қабылдаудың алдағы жылға өңірлік квоталарын қалыптастыру жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) халықтың көшi-қоны мәселелерi жөнiндегi уәкiлеттi органға шетелдiк жұмыс күшiн тартуға арналған квотаны қалыптастыру жөнiнде ұсыныстар енгiзедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) ұлттық қауіпсіздік органдарын хабардар ете отырып, еңбекші көшіп-қонушыларды есепке алуды және тiркеудi жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) этникалық қазақтардан қандас мәртебесін беруге немесе ұзартуға өтінішті қажетті құжаттарымен қоса қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) этникалық қазақтардан қандастарды қабылдаудың өңірлік квотасына енгізуге өтінішін қажетті құжаттарымен қоса қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) қандас мәртебесін беру немесе ұзарту туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы шешім қабылдайды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) қандас куәлігін береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) қандастарды бейімдеу және интеграциялау орталықтарын, уақытша орналастыру орталықтарын құрады және олардың қызметін ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) шетелдік жұмыскерлерге өз бетінше жұмысқа орналасу үшін біліктілік сәйкестігі туралы анықтама береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) Ұлттық қауіпсіздік органдарын хабардар ете отырып, бизнес-көшіп келушілердің уақытша тұруына арналған рұқсаттардың қолданылу мерзімін ұзартуға немесе қысқартуға өтінішхат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) Қазақстан Республикасы азаматтарының шетелдерде тұратын этникалық қазақтардың арасынан туыстарын Қазақстан Республикасына отбасын біріктіру мақсатында қоныстандыру үшін шақыруларын халықтың көші-қоны мәселелері жөніндегі уәкілетті орган айқындайтын тәртіппен қарайды және куәландырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) өз құзыреті шегінде босқындар мәселелері бойынша мемлекеттік саясатты іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) пана іздеген адамның куәлігін береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) босқын мәртебесін беру, ұзарту, одан айыру және оны тоқтату рәсімдерін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) босқын куәлігін береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) пана іздеген адамдардың және босқындардың тізімдерін қалыптастырады және ай сайын уәкілетті органға, ұлттық қауіпсіздік органдарына және ішкі істер органдарына жіберед;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) босқын мәртебесін беру, ұзарту, одан айыру және оны тоқтату рәсімдерін жүзеге асыру жөніндегі комиссияларды құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) пана іздеген адамдар мен босқындар құқықтарының сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) Семей ядролық сынақ полигонындағы ядролық сынақтардың салдарынан зардап шеккен азаматтарды есепке алу және тіркеу, куәліктер беру және оларға біржолғы мемлекеттік ақшалай өтемақы төлеу жөніндегі жұмысты үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) жергілікті бюджет қаражаты есебінен тұрғын үй көмегін көрсету жөніндегі жұмысты үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) атаулы әлеуметтік көмек тағайындау жөніндегі жұмысты үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) жергілікті бюджет қаражатынан қосымша әлеуметтік төлемдер көрсету мәселелері бойынша жұмысты үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) жеке оқу жоспары бойынша мүгедектер қатарындағы мүмкіндіктері шектеулі балаларды үйде оқытуға жұмсалған шығындарды өтеу жөніндегі жұмысты үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) арнаулы әлеуметтік қызметтер көрсету саласындағы мемлекеттік саясатты іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) жеке және заңды тұлғалармен және мемлекеттік органдармен арнаулы әлеуметтік қызметтер көрсету мәселелері бойынша өзара іс-қимылды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) арнаулы әлеуметтік қызметтерді көрсететін, өз қарамағындағы субъектілерді құруды және олардың қызметін, арнаулы әлеуметтік қызметтер көрсететін субъектілердің арнаулы әлеуметтік қызметтердің кепілдік берілген көлемін көрсетуді, халықтың арнаулы әлеуметтік қызметтерге қажеттіліктеріне талдау жүргізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) арнаулы әлеуметтік қызметтер көрсететін субъектілерді кадрмен қамтамасыз етуді, әлеуметтік қызметкерлерді кәсіптік даярлауды, қайта даярлауды және олардың біліктілігін арттыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) арнаулы әлеуметтік қызметтер көрсету жүйесін дамыту жөнінде шараларды қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) арнаулы әлеуметтік қызметтердің кепілдік берілген көлемінен тыс көрсетілетін арнаулы әлеуметтік қызметтердің қосымша көлемін көрсетудің тізбесі мен тәртібін әзірлейді және оларды облыстың жергілікті өкілді органдарының бекітуіне ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) арнаулы әлеуметтік қызметтерді көрсету бойынша мемлекеттік сатып алуды жүзеге асырады, сондай-ақ мемлекеттік әлеуметтік тапсырысты орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) мүгедектігі бар адамдарды оңалтуды жүзеге асыратын мемлекеттік мекемелер мен кәсіпорындар құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) мүгедектігі бар адамдарға Қазақстан Республикасының заңнамасында көзделген қосымша әлеуметтік қолдау шараларын ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) мүгедектігі бар адамдарды оңалтуды жүзеге асыратын ұйымдарды құруға ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z105" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) Қазақстан Республикасының халықты жұмыспен қамту туралы заңнамасына сәйкес мүгедектігі бар адамдарды кәсіптік оқытуды (қайта оқытуды) ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z106" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) мүгедектігі бар адамдарды оңалту жөніндегі мамандарды, оның ішінде ымдау тілі мамандарын, Брайльдің бедерлі-нүктелік қарпі бойынша оқитын және жазатын мамандарды даярлауды, қайта даярлауды және олардың біліктілігін арттыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z107" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) осы Заңға сәйкес тиісті аумақта әлеуметтік, кәсіптік оңалтудың орындалуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z108" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) мүгедектігі бар адамды абилитациялау мен оңалтудың жеке бағдарламасына сәйкес мүгедектігі бар адамдардың және мүгедектігі бар балалардың санаторийлік-курорттық емделуін, мүгедектігі бар баланы санаторийлік-курорттық емдеуге алып жүретін заңды өкілдің санаторийлік-курорттық ұйымда болуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z109" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) мүгедектігі бар адамды абилитациялау мен оңалтудың жеке бағдарламасына сәйкес мүгедектігі бар адамдарды техникалық көмекші (орнын толтырушы) құралдармен және (немесе) арнаулы жүріп-тұру құралдарымен қамтамасыз етуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z110" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) дене шынықтыру және спорт саласындағы уәкілетті органмен және мүгедектігі бар адамдардың қоғамдық бірлестіктерімен бірлесіп мүгедектігі бар адамдар арасында сауықтыру және спорттық іс-шараларды өткізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z111" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) мүгедектігі бар адамдардың қоғамдық бірлестіктерімен бірлесіп мәдени-көпшілік және ағарту іс-шараларын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z112" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) мүгедектігі бар адамдарға қайырымдылық және әлеуметтік көмектің көрсетілуін үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z113" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z114" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның міндеттері және өкілеттіктері</w:t>
-[...1599 lines deleted...]
-      61) мүгедектігі бар адамды абилитациялау мен оңалтудың жеке бағдарламасына сәйкес мүгедектігі бар адамдарды техникалық көмекші (орнын толтырушы) құралдармен және (немесе) арнаулы жүріп-тұру құралдарымен қамтамасыз етуді ұйымдастырады;</w:t>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
-[...15 lines deleted...]
-      62) дене шынықтыру және спорт саласындағы уәкілетті органмен және мүгедектігі бар адамдардың қоғамдық бірлестіктерімен бірлесіп мүгедектігі бар адамдар арасында сауықтыру және спорттық іс-шараларды өткізуді ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Басқармаға басшылықты Басқармаға жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
-[...15 lines deleted...]
-      63) мүгедектігі бар адамдардың қоғамдық бірлестіктерімен бірлесіп мәдени-көпшілік және ағарту іс-шараларын ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Басқарманың басшысын облыс әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
-[...15 lines deleted...]
-      64) мүгедектігі бар адамдарға қайырымдылық және әлеуметтік көмектің көрсетілуін үйлестіреді;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Басқарма басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
-[...15 lines deleted...]
-      65) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Басқарма басшысының өкілеттігі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:bookmarkStart w:name="z119" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңнамаға сәйкес басқарма қызметкерлерін және ведомстволық бағынысты ұйымдардың директорларын қызметке тағайындайды және қызметтен босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z120" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңнамада белгіленген тәртіппен Басқарма қызметкерлерін және ведомстволық бағынысты ұйымдардың директорларын көтермелейді және тәртіптік жаза қолдануды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z121" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Басқарма актілеріне қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z122" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Басқарманың бөлімдері туралы ережелерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z123" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік органдарда, өзге де ұйымдарда Басқарманың мүдделерін білдіреді, басқарма атынан сенімхатсыз әрекет етеді, Басқарма мүддесін білдіруге сенімхат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z124" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ерлер мен әйелдердің жұмыс тәжірибесіне, қабілеттері мен кәсіби даярлығына сәйкес мемлекеттік қызметке тең қол жеткізуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z125" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша қажетті шаралар қабылдайды және ол үшін дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z126" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Басқарманың барлық қаржылық құжаттарына бірінші қол қою құқығына ие;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z127" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) заңнамаға сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z128" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z129" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Басқарма басшысы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z130" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттігі</w:t>
-[...219 lines deleted...]
-      7) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша қажетті шаралар қабылдайды және ол үшін дербес жауапты болады;</w:t>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
-[...15 lines deleted...]
-      8) Басқарманың барлық қаржылық құжаттарына бірінші қол қою құқығына ие;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Басқарманың заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z127" w:id="120"/>
-[...15 lines deleted...]
-      9) заңнамаға сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z132" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z128" w:id="121"/>
-[...15 lines deleted...]
-      Басқарма басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Басқармаға бекітілген мүлік Шығыс Қазақстан облысының коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z129" w:id="122"/>
-[...15 lines deleted...]
-      20. Басқарма басшысы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес белгілейді.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:bookmarkStart w:name="z135" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z131" w:id="124"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z135" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:bookmarkStart w:name="z136" w:id="129"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Басқарманы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қайта ұйымдастыру</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және тарату Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z137" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Басқарманың және оның ведомстволарының қарамағындағы ұйымдардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Өскемен балаларға арналған арнайы әлеуметтік қызметтер көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z139" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Бозанбай арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z140" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Зимовьево арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z141" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Риддер арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z142" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Зевакино арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z137" w:id="130"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Басқарманың және оның ведомстволарының қарамағындағы ұйымдардың тізбесі</w:t>
+    <w:bookmarkStart w:name="z143" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Первомайка арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z138" w:id="131"/>
-[...15 lines deleted...]
-      1. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Өскемен балаларға арналған арнайы әлеуметтік қызметтер көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Самар арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z139" w:id="132"/>
-[...15 lines deleted...]
-      2. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Бозанбай арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Серебрянск арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z140" w:id="133"/>
-[...15 lines deleted...]
-      3. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Зимовьево арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Тарбағатай арнайы әлеуметтік қызметтер көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z141" w:id="134"/>
-[...15 lines deleted...]
-      4. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Риддер арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Өскемен арнайы әлеуметтік қызметтер көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z142" w:id="135"/>
-[...15 lines deleted...]
-      5. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Зевакино арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Уба" шипажайы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z143" w:id="136"/>
-[...15 lines deleted...]
-      6. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Первомайка арнайы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z149" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Шығыс Қазақстан облысының жұмыспен қамту және әлеуметтік бағдарламаларды үйлестіру басқармасының "Алтай ауданының Грехово кентінде мүгедектерге арналған оңалту орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z144" w:id="137"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3761,35 +3953,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>