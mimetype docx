--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ec1d7e4" w14:textId="ec1d7e4">
+    <w:p w14:paraId="66b2ec0" w14:textId="66b2ec0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -550,2874 +550,1404 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 10 қазандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 391 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z57" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Б" корпусындағы аудандық бюджеттен қаржыландырылатын атқарушы органдардың мемлекеттік әкімшілік қызметшілері мен Сайрам ауданы әкімі аппараты мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі</w:t>
+        <w:t xml:space="preserve"> "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау Үлгілік әдістемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Түркістан облысы Сайрам ауданы әкiмдiгiнiң 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 713</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Б" корпусындағы аудандық бюджеттен қаржыландырылатын атқарушы органдардың мемлекеттік әкімшілік қызметшілері мен Сайрам ауданы әкімі аппараты мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі – </w:t>
+      1. Осы "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Әдістеме</w:t>
+        <w:t>үлгілік әдістемесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңының (бұдан әрі – Заң) 33-бабының </w:t>
+        <w:t xml:space="preserve"> (бұдан әрі – Үлгілік әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының 33-бабының 5-тармағына сәйкес әзірленген және "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың Үлгілік тәртібін айқындайды.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-тармағына</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Б" корпусы мемлекеттік әкімшілік қызметшілерінің (бұдан әрі - "Б" корпусының қызметшілері) қызметін бағалау тәртібін айқындайды.</w:t>
+        <w:t>
+      2. Мемлекеттік органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесін мемлекеттік органдардың бірінші басшылары осы Әдістеменің негізінде мемлекеттік орган қызметінің ерекшелігін есепке ала отырып бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы </w:t>
+      Мемлекеттік орган бекіткен "Б" корпусы мемлекеттік әкішілік қызметшілерінің қызметін бағалау әдістемесі болмаған жағдайда, мемлекеттік органдар осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Әдістемеде</w:t>
+        <w:t>Үлгілік әдістемені</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қолданылатын негізгі ұғымдар:</w:t>
+        <w:t xml:space="preserve"> басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам; </w:t>
+      3. Осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Үлгілік әдістемеде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пайдаланылатын негізгі ұғымдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) бағалаушы адам – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+      3) құрылымдық бөлімшенің/мемлекеттік органның басшысы – Е-1, Е-2, E-R-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) құрылымдық бөлімшенің/мемлекеттік органның басшысы – Е-1, Е-2, E-R-1 санаттарының (аудан әкімінің орынбасарлары, аудан әкімінің аппарат басшысы, дербес бөлім басшылары, кент және ауылдық округ әкімдері) "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) "Б" корпусының қызметшісі – құрылымдық бөлімшенің/мемлекеттік органның басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бағаланатын адам – құрылымдық бөлімшенің/мемлекеттік органның басшысы немесе "Б" корпусының қызметшісі;</w:t>
+      6) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – құрылымдық бөлімшенің/мемлекеттік органның басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, "А" корпусы қызметшісінің келісіміне қол жеткізуге немесе мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+      7) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+      4. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+      Облыстардың, республикалық маңызы бар қалалардың және астананың тексеру комиссияларының төрағаларын бағалау тиісті мәслихаттың төрағасымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі.</w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. "Б" корпусы қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының сапасы мен тиімділігін айқындау үшін өткізіледі.</w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта немесе мемлекеттік органдарда жұмыс істейтін ақпараттық жүйелерде жүргізіледі.</w:t>
+      Мемлекеттік органның бірінші басшысының шешімі бойынша оның тікелей бағынысындағы адамдар осы мемлекеттік органның аппарат басшысымен бағалана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бағалау бағаланатын адамның санатына байланысты НМИ қол жеткізу нәтижелері, саралау және 360 әдістері нәтижелерінің негізінде жүргізіледі.</w:t>
+      5. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. НМИ қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша – есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      НМИ және саралау бойынша қорытынды баға "Б" корпусы қызметшісінің есепті тоқсандардағы орташа бағасынан құралады.</w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген мерзімдерде жүргізіледі.</w:t>
+        <w:t>
+      6. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      7. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз </w:t>
+        <w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-тармақта</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген мерзімде жүргізіледі. </w:t>
+        <w:t>
+      7. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 5-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін тиімді атқарады",</w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін тиісті түрде атқарады",</w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады",</w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімшелер (адам), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. НМИ қол жеткізу нәтижелері мен саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады. </w:t>
+      10. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. 360 әдісі бойынша бағалау нәтижелері қызметшіні оқыту бойынша шешімдер қабылдау үшін негіз болып табылады. </w:t>
+      11. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімше (адам), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді. </w:t>
+      12. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Бұл ретте персоналды басқару қызметі ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам бекітетін бағалау кестесін құрастырады.</w:t>
+        <w:t>Әкімшілік рәсімдік-процестік кодекспен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіпте шағымдана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. Персоналды басқару қызметі бағаланатын қызметшіні бағалау нәтижелерімен ол аяқталған соң екі жұмыс күні ішінде ақпараттық жүйе және/немесе мемлекеттік органдардың интранет-порталы немесе электрондық құжат айналымы жүйесі арқылы таныстыруды қамтамасыз етеді. </w:t>
+      13. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде персоналды басқару қызметінде және ақпараттық жүйеде сақталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді. </w:t>
-[...79 lines deleted...]
-      16. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
+      14. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды. </w:t>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      17. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен персоналды басқару қызметі қарастырады. </w:t>
+        <w:t>
+      15. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен персоналды басқару қызметі қарастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      18. Бағалаушы адам мыналарға жауапты болады: </w:t>
+        <w:t>
+      16. Персоналды басқару қызметінің басшысы мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) мемлекеттік орган/құрылымдық бөлімше стратегиялық мақсаттары, мемлекеттік орган/құрылымдық бөлімше жұмысының есептік кезеңдегі жалпы нәтижесі жөнінде бағаланушы адамдардың назарына жеткізу; </w:t>
+        <w:t>
+       1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) НМИ уақытылы қоюды, келісу мен бекітуді қамтамасыз ету; </w:t>
+      17. Е-1, Е-2, E-R-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Үлгілік әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) бағаланатын кезең ішінде НМИ орындау деңгейіне тұрақты мониторинг жүргізу және оларға қызметінің қорытынды бағасы мен конструктивті кері байланысты ұсыну; бағаланатын адамдардың функционалдық міндеттерін орындау дәрежесіне бағаланатын кезеңде тұрақты мониторинг жүргізу және оларға қызметкердің қызметінің қорытынды бағасы және конструктивті кері байланысты ұсыну; </w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Үлгілік әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Үлгілік әдістеменің 2-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) бағалау процесінде бағаланатын адамдарды бағалау бойынша даулы мәселелерді, олар туындаған жағдайда, калибрлік сессияларға және оларды шешуге қатысу. </w:t>
+      Өзге тұлғаларды бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Үлгілік әдістеменің 2-қосымшасына сәйкес нысан бойынша жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      19. Бағаланатын адам мыналарға жауапты болады: </w:t>
+        <w:t>
+      18. Бағалаушы адамға бағалау парағы персоналды басқару қызметімен ақпараттық жүйе арқылы жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) олардың НМИ/қойылған міндеттерді орындау дәрежесіне жүйелі мониторинг жүргізу; </w:t>
+        <w:t>
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       19. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Үлгілік әдістеменің 11-тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды қабылдайды және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) 360 әдісі бойынша оның қызметін бағалау шеңберінде уақтылы өзін-өзі бағалауды жүргізу; </w:t>
+      Тексеру комиссиясының мүшелеріне және тексеру комиссиясының төрағасына калибрлеу сессиясын өткізу және оның құрамын бекіту маслихат шешімінің негізінде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
-[...73 lines deleted...]
-      3) қажет болған жағдайда басшы мен қызметкердің кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу; </w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу. </w:t>
-[...115 lines deleted...]
-      Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді. </w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ персоналды басқару қызметінің (кадр қызметінің) қызметкері не персоналды басқару қызметінің (кадр қызметінің) міндеттерін орындау жүктелген адам кіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде персоналды басқару қызметі жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
-[...187 lines deleted...]
-      3) қолжетімді (НМИ қолда бар ресурстарды, құзыреттер мен шектеулерді ескере отырып белгіленеді); </w:t>
+      21. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Үлгілік әдістеменің 11-тармағында көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) уақытпен шектеулі (бағаланатын кезең ішінде НМИ қол жеткізу мерзімі белгіленеді) болуы;</w:t>
-[...365 lines deleted...]
-      функционалдық міндеттерді орындау сапасы; </w:t>
+      22. Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тапсырмаларды орындау мерзімдерін сақтау;</w:t>
-[...17 lines deleted...]
-      дербестік және бастамашылық; </w:t>
+      23. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      еңбек тәртібі.</w:t>
-[...133 lines deleted...]
-      құрылымдық бөлімшелердің басшылары үшін:</w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қызметті басқару;</w:t>
-[...705 lines deleted...]
-      Калибрлеу сессиясының қатысушылары бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін. </w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Қорытынды баға калибрлеу сессиясы қатысушыларының басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді. </w:t>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
+      24. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Кездесу кезінде мынадай мәселелер талқыланады: </w:t>
+        <w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3525,1539 +2055,1738 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Б" корпусындағы аудандық бюджеттен</w:t>
+              <w:t>"Б" корпусы мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржыландырылатын атқарушы</w:t>
+              <w:t>әкімшілік қызметшілерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органдардың мемлекеттік әкімшілік</w:t>
+              <w:t>қызметін бағалаудың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметшілері мен Сайрам ауданы әкімі</w:t>
+              <w:t>Үлгілік әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аппаратының мемлекеттік әкімшілік</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметшілерінің қызметін бағалаудың</w:t>
-[...76 lines deleted...]
-              </w:rPr>
               <w:t>Нысан</w:t>
-            </w:r>
-[...128 lines deleted...]
-              <w:t>қолы________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құрылымдық бөлімше (мемлекеттік орган) басшысының жеке жұмыс жоспары</w:t>
+        <w:t xml:space="preserve"> Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағаланатын кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _____________________________________________________________ (Бағалайтын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______________________________________________жыл</w:t>
-[...67 lines deleted...]
-        <w:t>Қызметшінің құрылымдық бөлімшесінің атауы: ________________________________</w:t>
+      __________________________________________________________________________ "Б"корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз. Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...251 lines deleted...]
-Түйінді нәтиже*</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Параметрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалау (0-ден* 5 баллға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсініктеме (қалау бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...366 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...383 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- орындаудың жеделдігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- команданы басқаруды және командалық нәтиже үшін жауапкершілікті өз мойнына ала білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мақсаттар мен міндеттерді нақты белгілей білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жеке мысал арқылы тиімді қарым-қатынас және оң командалық климат құру арқылы команданы ынталандыру мүмкіндігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- белгісіздік жағдайында тиімді әрекет ете білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ықтимал тәуекелдерді ескере отырып, міндеттерді шешудің бірнеше нұсқаларын ұсына білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қолы ________________ (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-       *Ескертпе: нысаналы мақсатты индикаторға қол жеткізуден күтілетін оң өзгерістер.</w:t>
+      Күні _________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5093,2072 +3822,1616 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Б" корпусындағы аудандық бюджеттен</w:t>
+              <w:t>"Б" корпусы мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржыландырылатын атқарушы</w:t>
+              <w:t>әкімшілік қызметшілерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органдардың мемлекеттік әкімшілік</w:t>
+              <w:t>қызметін бағалаудың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметшілері мен Сайрам ауданы әкімі</w:t>
+              <w:t>Үлгілік әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аппаратының мемлекеттік әкімшілік</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...76 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> НМИ бойынша бағалау парағы</w:t>
+        <w:t xml:space="preserve"> Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағаланатын кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________</w:t>
-[...50 lines deleted...]
-        <w:t>(бағаланатын кезең)</w:t>
+      __________________________________________________________________________ "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі - бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз. Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1118"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...178 lines deleted...]
-Нақты мәні</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Параметрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалау (0*-ден 5 баллға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсініктеме (қалау бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...320 lines deleted...]
-4-тоқсан</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.Функционалдық міндеттерді орындау сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесіне сәйкес өзге де кемшіліктердің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...468 lines deleted...]
-Бағалау</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-4-тоқсан</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Дербестік және бастамашылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- қызметшінің функционалдық міндеттерін жоғары деңгейде дербес орындай алуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жетекшілік ететін міндеттерді шешуге қатысу және белсенділігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...223 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Еңбек тәртібін сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қорытынды бағалау _______________ </w:t>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>НМИ санына бөлінген НМИ бойынша бағалау сомасы</w:t>
+        <w:t xml:space="preserve">
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады,</w:t>
+        <w:t xml:space="preserve">
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін</w:t>
+        <w:t xml:space="preserve">
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде</w:t>
+        <w:t xml:space="preserve">
+      Қолы ________________ (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>атқарады (қанағаттанарлықсыз баға).</w:t>
-[...101 lines deleted...]
-        <w:t>қолы________________________________      қолы___________________________</w:t>
+        <w:t>
+      Күні _________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7194,51 +5467,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Б" корпусындағы аудандық бюджеттен</w:t>
+              <w:t xml:space="preserve"> "Б" корпусындағы аудандық бюджеттен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қаржыландырылатын атқарушы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -23537,55 +21810,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -23911,31 +22184,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>