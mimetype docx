--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="089ec6e" w14:textId="089ec6e">
+    <w:p w14:paraId="f1f10ad" w14:textId="f1f10ad">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -584,480 +584,596 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 13 ақпандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 37 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z3" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Б" корпусындағы аудандық бюджеттен қаржыландырылатын атқарушы органдардың мемлекеттік әкімшілік қызметшілері мен Ордабасы ауданы әкімі аппараты мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау Үлгілік әдістемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Әдістеме жаңа редакцияда - Түркістан облысы Ордабасы ауданы әкiмдiгiнiң 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Б" корпусындағы аудандық бюджеттен қаржыландырылатын атқарушы органдардың мемлекеттік әкімшілік қызметшілері мен Ордабасы ауданы әкімі аппараты мемлекеттік мемлекеттік әкімшілік қызметшілері мен Ордабасы ауданы әкімі аппараты мемлекеттік әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 33-бабының </w:t>
+      1. Осы "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үлгілік әдістемесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Үлгілік әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының 33-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленген және "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленген және "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың Үлгілік тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесін мемлекеттік органдардың бірінші басшылары осы Әдістеменің негізінде мемлекеттік орган қызметінің ерекшелігін есепке ала отырып бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+        <w:t xml:space="preserve">
+      Мемлекеттік орган бекіткен "Б" корпусы мемлекеттік әкішілік қызметшілерінің қызметін бағалау әдістемесі болмаған жағдайда, мемлекеттік органдар осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Үлгілік әдістемені</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшылыққа алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Үлгілік әдістемеде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) бағалаушы адам – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+      3) құрылымдық бөлімшенің/мемлекеттік органның басшысы – Е-1, Е-2, E-R-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) құрылымдық бөлімшенің/мемлекеттік органның басшысы – В-1, В-3 (дербес құрылымдық бөлімшелердің басшылары), С-1, С-3 (дербес құрылымдық бөлімшелердің басшылары), D-1, D-3 (құрылымдық бөлімшелердің басшылары), C-O-1, D-O-1, D-R-1, C-R-1, Е-1, Е-2, E-R-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) "Б" корпусының қызметшісі – құрылымдық бөлімшенің/мемлекеттік органның басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бағаланатын адам – құрылымдық бөлімшенің/мемлекеттік органның басшысы немесе "Б" корпусының қызметшісі;</w:t>
+      6) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – құрылымдық бөлімшенің/мемлекеттік органның басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, "А" корпусы қызметшісінің келісіміне қол жеткізуге немесе мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+      7) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+      4. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+      Облыстардың, республикалық маңызы бар қалалардың және астананың тексеру комиссияларының төрағаларын бағалау тиісті мәслихаттың төрағасымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі;</w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) жеке жұмыс жоспары – "Б" корпусы қызметшісінің бағалау кезеңіне НМИ қарастырылған және тікелей басшысымен бірлесіп құрылатын, жоғары тұрған басшымен бекітілген құжат.</w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта немесе мемлекеттік органдарда жұмыс істейтін ақпараттық жүйелерде жүргізіледі.</w:t>
+      Мемлекеттік органның бірінші басшысының шешімі бойынша оның тікелей бағынысындағы адамдар осы мемлекеттік органның аппарат басшысымен бағалана алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бағалау бағаланатын адамның санатына байланысты НМИ қол жеткізу нәтижелері, саралау және 360 әдістері нәтижелерінің негізінде жүргізіледі.</w:t>
+      5. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. НМИ қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша – есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      НМИ және саралау бойынша қорытынды баға "Б" корпусы қызметшісінің есепті тоқсандардағы орташа бағасынан құралады.</w:t>
+      6. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бір айдан кем болған жағдайда, оны бағалау жүргізілмейді. Егер бағаланатын қызметші бағалау жүргізу кезеңінде еңбек немесе әлеуметтік демалыста, еңбекке уақытша қабілетсіздігі кезеңінде, іссапарда, тағылымдамада, қайта даярлауда немесе біліктілігін арттыруда болған жағдайда қызметшіні НМИ қол жеткізу бойынша бағалау, саралау және/немесе 360 әдістері бойынша бағалау оның қатысуынсыз 5-тармақта белгіленген мерзімдерде жүргізіледі.</w:t>
-[...17 lines deleted...]
-      Бұл ретте 2021 жылғы 1 шілдеден 2022 жылғы 31 желтоқсанға дейінгі жұмыс кезеңінде әлеуметтік демалыста болған, еңбекке уақытша жарамсыздығы кезінде болған "Б" корпусы қызметшілерінің қызметін бағалау осы Әдістеменің 6-тарауында белгіленген тәртіпте жүзеге асырылады.</w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 5-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1067,87 +1183,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін тиімді атқарады",</w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін тиісті түрде атқарады",</w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады",</w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1157,1901 +1273,735 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. НМИ қол жеткізу нәтижелері мен саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда жоғарылату, төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
+      9. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімшелер (адам), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. 360 әдісі бойынша бағалау нәтижелері қызметшіні оқыту бойынша шешімдер қабылдау үшін негіз болып табылады.</w:t>
-[...89 lines deleted...]
-      13. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. Мемлекеттік қызметші калибрлеу сессиясның шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
+      11. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>кодекспен</w:t>
+        <w:t>Әкімшілік рәсімдік-процестік кодекспен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіпте шағымдана алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      15. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде персоналды басқару қызметінде, сондай-ақ техникалық мүмкіндік болған кезде ақпараттық жүйеде сақталады.</w:t>
+        <w:t xml:space="preserve">
+      13. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде персоналды басқару қызметінде және ақпараттық жүйеде сақталады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
+      14. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен персоналды басқару қызметі қарастырады.</w:t>
+      15. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен персоналды басқару қызметі қарастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Бағалаушы адам мыналарға жауапты болады:</w:t>
+      16. Персоналды басқару қызметінің басшысы мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) мемлекеттік орган/құрылымдық бөлімше стратегиялық мақсаттары, мемлекеттік орган/құрылымдық бөлімше жұмысының есептік кезеңдегі жалпы нәтижесі жөнінде бағаланушы адамдардың назарына жеткізу;</w:t>
+       1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) НМИ уақытылы қоюды, келісу мен бекітуді қамтамасыз ету;</w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) бағаланатын кезең ішінде НМИ орындау деңгейіне тұрақты мониторинг жүргізу және оларға қызметінің қорытынды бағасы мен конструктивті кері байланысты ұсыну; бағаланатын адамдардың функционалдық міндеттерін орындау дәрежесіне бағаланатын кезеңде тұрақты мониторинг жүргізу және оларға қызметкердің қызметінің қорытынды бағасы және конструктивті кері байланысты ұсыну;</w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) бағалау процесінде бағаланатын адамдарды бағалау бойынша даулы мәселелерді, олар туындаған жағдайда, калибрлік сессияларға және оларды шешуге қатысу.</w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Е-1, Е-2, E-R-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Үлгілік әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Үлгілік әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Бағаланатын адам мыналарға жауапты болады:</w:t>
+      "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Үлгілік әдістеменің 2-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өзге тұлғаларды бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Үлгілік әдістеменің 2-қосымшасына сәйкес нысан бойынша жүргізіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) олардың НМИ/қойылған міндеттерді орындау дәрежесіне жүйелі мониторинг жүргізу;</w:t>
+      18. Бағалаушы адамға бағалау парағы персоналды басқару қызметімен ақпараттық жүйе арқылы жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) 360 әдісі бойынша оның қызметін бағалау шеңберінде уақтылы өзін-өзі бағалауды жүргізу;</w:t>
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Персоналды басқару қызметінің басшысы мыналарға жауапты болады:</w:t>
+      19. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Үлгілік әдістеменің 11-тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+      ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды қабылдайды және оның құрамын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тексеру комиссиясының мүшелеріне және тексеру комиссиясының төрағасына калибрлеу сессиясын өткізу және оның құрамын бекіту маслихат шешімінің негізінде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) НМИ уақтылы талдау мен келісу;</w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қажет болған жағдайда басшы мен қызметкердің кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ персоналды басқару қызметінің (кадр қызметінің) қызметкері не персоналды басқару қызметінің (кадр қызметінің) міндеттерін орындау жүктелген адам кіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      21. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Үлгілік әдістеменің 11-тармағында көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, персоналды басқару қызметінің (кадр қызметінің) басшысына және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Құрылымдық бөлімшенің/мемлекеттік органның басшысын НМИ қол жеткізуі бойынша бағалау тәртібі</w:t>
+      22.Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Құрылымдық бөлімше/мемлекеттік орган басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
+      23. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. НМИ-ды бағалаушы адаммен стратегиялық жоспарлау мәселесін үйлестіретін құрылымдық бөлімшенің (бар болған жағдайда), сондай-ақ персоналды басқару қызметінің келісімімен осы Әдістеменің 1-қосымшасына сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын құрылымдық бөлімше/мемлекеттік орган басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
+       Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
+       Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде персоналды басқару қызметі жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
+       Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер қызметшінің тағайындалған күнінен бастап бағалау кезеңінің соңына дейінгі мерзім үш айдан аз болса, аталған қызметшіге НМИ белгіленбейді.</w:t>
+       Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құрылымдық бөлімше/мемлекеттік орган басшысының НМИ қол жеткізуін бағалауды бағалаушы адам 5-тармақта белгіленген мерзімдерде жүргізеді.</w:t>
-[...1217 lines deleted...]
-      43. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
+       24. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3100,924 +2050,1929 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Аудан әкімі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А.Оралбаев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Б" корпусы мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкімшілік қызметшілерінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін бағалаудың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Үлгілік әдістемесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6-тарау. 2021 жылғы 1 шілдеден 2022 жылғы 31 желтоқсанға дейінгі жұмыс кезеңінде әлеуметтік демалыста, еңбекке уақытша жарамсыздық кезінде болған "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібі</w:t>
+        <w:t xml:space="preserve"> Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағаланатын кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _____________________________________________________________ (Бағалайтын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44. НМИ бағалау кезеңі басталғаннан кейін 10 жұмыс күні ішінде "Б" корпусы әкімшілік мемлекеттік қызметшісінің жеке жұмыс жоспарында тікелей басшымен осы Әдістеменің 9-қосымшасына сәйкес нысанда анықталады.</w:t>
+      "Б"корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз. Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Параметрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалау (0-ден* 5 баллға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсініктеме (қалау бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толтыру кезінде түсініктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- орындаудың жеделдігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- команданы басқаруды және командалық нәтиже үшін жауапкершілікті өз мойнына ала білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мақсаттар мен міндеттерді нақты белгілей білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жеке мысал арқылы тиімді қарым-қатынас және оң командалық климат құру арқылы команданы ынталандыру мүмкіндігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- белгісіздік жағдайында тиімді әрекет ете білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ықтимал тәуекелдерді ескере отырып, міндеттерді шешудің бірнеше нұсқаларын ұсына білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қолы ________________ (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. Тиісті НМИ бар жеке жұмыс жоспарын жоғары тұрған басшы бекітеді.</w:t>
-[...823 lines deleted...]
-      71. "Б" корпусы қызметшісі бағалау нәтижелеріне сот тәртібінде шағымдануға құқылы.</w:t>
+      Күні _________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4053,1516 +4008,1603 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Б" корпусындағы аудандық бюджеттен</w:t>
+              <w:t>"Б" корпусы мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржыландырылатын атқарушы органдардың</w:t>
+              <w:t>әкімшілік қызметшілерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік әкімшілік қызметшілері мен</w:t>
+              <w:t>қызметін бағалаудың Үлгілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ордабасы ауданы әкімі аппаратының мемлекеттік</w:t>
+              <w:t>әдістемесіне 2-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімшілік қызметшілерінің қызметін бағалаудың</w:t>
-[...76 lines deleted...]
-              </w:rPr>
               <w:t>Нысан</w:t>
-            </w:r>
-[...128 lines deleted...]
-              <w:t xml:space="preserve"> қолы _______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құрылымдық бөлімше (мемлекеттік орган) басшысының жеке жұмыс жоспары</w:t>
+        <w:t xml:space="preserve"> Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________ жыл</w:t>
+        <w:t xml:space="preserve">
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(жеке жоспар құрылатын кезең)</w:t>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағаланатын кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қызметшінің тегі, аты, әкесінің аты (болған жағдайда): __________________________</w:t>
-[...33 lines deleted...]
-        <w:t>Қызметшінің құрылымдық бөлімшесінің атауы: ________________________________</w:t>
+      __________________________________________________________________________ "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі - бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз. Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...251 lines deleted...]
-Түйінді нәтиже*</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Параметрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалау (0*-ден 5 баллға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсініктеме (қалау бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...366 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.Функционалдық міндеттерді орындау сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесіне сәйкес өзге де кемшіліктердің болмауы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...383 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Дербестік және бастамашылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- қызметшінің функционалдық міндеттерін жоғары деңгейде дербес орындай алуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жетекшілік ететін міндеттерді шешуге қатысу және белсенділігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Еңбек тәртібін сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қолы ________________ (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-       Ескертпе: нысаналы мақсатты индикаторға қол жеткізуден күтілетін оң өзгерістер.</w:t>
+      Күні _________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5598,2059 +5640,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Б" корпусындағы аудандық бюджеттен</w:t>
-[...2007 lines deleted...]
-              <w:t>"Б" корпусындағы аудандық бюджеттен</w:t>
+              <w:t xml:space="preserve"> "Б" корпусындағы аудандық бюджеттен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қаржыландырылатын атқарушы органдардың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -27471,55 +25505,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>