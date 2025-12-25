--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2061484" w14:textId="2061484">
+    <w:p w14:paraId="ba98fd3" w14:textId="ba98fd3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -889,696 +889,551 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 2 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 111 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z88" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Түркістан облысы әкімі аппараты мен жергілікті бюджеттен қаржыландырылатын облыстық атқарушы органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Түркістан облысы әкімі аппараты мен жергілікті бюджеттен қаржыландырылатын облыстық атқарушы органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Түркістан облысы әкiмдiгiнiң 07.08.2023 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Түркістан облысы әкiмдiгiнiң 01.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 152</w:t>
+        <w:t>№ 203</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Түркістан облысы әкімі аппараты мен жергілікті бюджеттен қаржыландырылатын облыстық атқарушы органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі – </w:t>
+      1. Осы Түркістан облысы әкімі аппараты мен жергілікті бюджеттен қаржыландырылатын облыстық атқарушы органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Әдістеме</w:t>
+        <w:t>әдістемесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңының 33-бабының </w:t>
+        <w:t xml:space="preserve"> (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңының 33-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және "Б" корпусындағы облыстық бюджеттен қаржыландырылатын атқарушы органдардың басшылары мен Түркістан облысы әкімі аппараты мемлекеттік әкімшілік қызметшілерінің (бұдан әрі – "Б" корпусының қызметшілері) қызметін бағалау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Әдістемеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қолданылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) бағалаушы адам – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+        <w:t xml:space="preserve">
+      3) құрылымдық бөлімшенің/мемлекеттік органның басшысы – D-3 (құрылымдық бөлімшелердің басшылары), D-O-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) құрылымдық бөлімшенің/мемлекеттік органның басшысы – D-3 (құрылымдық бөлімшелердің басшылары), D-O-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің /мемлекеттік органның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) "Б" корпусының қызметшісі – құрылымдық бөлімшенің/мемлекеттік органның басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бағаланатын адам – құрылымдық бөлімшенің/мемлекеттік органның басшысы немесе "Б" корпусының қызметшісі;</w:t>
+      7) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – құрылымдық бөлімшенің/мемлекеттік органның басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, "А" корпусы қызметшісінің келісіміне қол жеткізуге немесе мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+       "Б" корпусы мемлекеттік әкімшілік қызметшілерін бағалау мекеменің ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі;</w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) жеке жұмыс жоспары – "Б" корпусы қызметшісінің бағалау кезеңіне НМИ қарастырылған және тікелей басшысымен бірлесіп құрылатын, жоғары тұрған басшымен бекітілген құжат.</w:t>
-[...37 lines deleted...]
-      Бағалау бағаланатын адамның санатына байланысты НМИ қол жеткізу нәтижелері, саралау және 360 әдістері нәтижелерінің негізінде жүргізіледі.</w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
+      6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 5 -тармақта көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
-[...179 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін тиімді атқарады",</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1625,2202 +1480,644 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. НМИ қол жеткізу нәтижелері мен саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда жоғарылату, төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
+      8. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімше (адам), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. 360 әдісі бойынша бағалау нәтижелері қызметшіні оқыту бойынша шешімдер қабылдау үшін негіз болып табылады.</w:t>
+      9. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімше (адам), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді. </w:t>
+      11. Мемлекеттік қызметші калибрлеу сессиясның шешіміне </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіпте шағымдана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте персоналды басқару қызметі ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам бекітетін бағалау кестесін құрастырады.</w:t>
+      12. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде персоналды басқару қызметінде және ақпараттық жүйеде сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы Әдістеменің </w:t>
-[...118 lines deleted...]
-      15. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
+      13. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен персоналды басқару қызметі қарастырады.</w:t>
-[...38 lines deleted...]
-      1) мемлекеттік орган/құрылымдық бөлімше стратегиялық мақсаттары, мемлекеттік орган/құрылымдық бөлімше жұмысының есептік кезеңдегі жалпы нәтижесі жөнінде бағаланушы адамдардың назарына жеткізу;</w:t>
+      14. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен персоналды басқару қызметі қарастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) НМИ уақытылы қоюды, келісу мен бекітуді қамтамасыз ету;</w:t>
+      15. Персоналды басқару қызметінің басшысы мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...128 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) НМИ уақтылы талдау мен келісу;</w:t>
+        <w:t xml:space="preserve">
+      2) қажет болған жағдайда бағалаушы бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қажет болған жағдайда басшы мен қызметкердің кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. D-3 (құрылымдық бөлімшелердің басшылары), D-O-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен бекітілген Үлгілік әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22. НМИ-ды бағалаушы адаммен стратегиялық жоспарлау мәселесін үйлестіретін құрылымдық бөлімшенің (бар болған жағдайда), сондай-ақ персоналды басқару қызметінің келісімімен осы Әдістеменің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын құрылымдық бөлімше/мемлекеттік орган басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
+      D-3 санаттарының (құрылымдық бөлімшелердің басшыларын қоспағанда) "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен бекітілген Үлгілік әдістеменің 1- қосымшасына сәйкес нысан бойынша жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
+        <w:t xml:space="preserve">
+      Өзге тұлғаларды бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен бекітілген Үлгілік әдістеменің 2-қосымшасына сәйкес нысан бойынша жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Бағалаушы адамға бағалау парағы персоналды басқару қызметімен ақпараттық жүйе арқылы жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде персоналды басқару қызметі жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер қызметшінің тағайындалған күнінен бастап бағалау кезеңінің соңына дейінгі мерзім үш айдан аз болса, аталған қызметшіге НМИ белгіленбейді.</w:t>
+      17. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің 9 тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды және және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Құрылымдық бөлімше/мемлекеттік орган басшысының НМИ қол жеткізуін бағалауды бағалаушы адам </w:t>
-[...115 lines deleted...]
-      1) нақты (күтілетін оң өзгерістер көрсетіле отырып қол жеткізуге тиісті нәтиже анық белгіленеді);</w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) өлшемді (НМИ жетістіктерін өлшеу үшін нақты өлшемшарттар белгіленеді);</w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай ақ оны бағалаған адам кірмейді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қолжетімді (НМИ қолда бар ресурстарды, құзыреттер мен шектеулерді ескере отырып белгіленеді);</w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ персоналды басқару қызметінің (кадр қызметінің) қызметкері не персоналды басқару қызметінің (кадр қызметінің) міндеттерін орындау жүктелген адам кіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) уақытпен шектеулі (бағаланатын кезең ішінде НМИ қол жеткізу мерзімі белгіленеді) болуы;</w:t>
+      19. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Әдістеменің 11-тармағында көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) мемлекеттік жоспарлау жүйесінің құжаттарын, оның ішінде ұлттық жобаларды, мемлекеттік органның стратегиялық мақсаттарын, "А" корпусы қызметшісінің келісімін іске асыруға не мемлекеттік орган қызметінің тиімділігін арттыруға бағдарланған болуы тиіс.</w:t>
-[...291 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша бағалау парағының тиісті бағанында баға (0-ден 5-ке дейін) қояды.</w:t>
+      20. Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер құрылымдық бөлімшенің "Б" корпусы қызметшілерінің саны елу адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын адамдар да жүзеге асыра алады.</w:t>
-[...37 lines deleted...]
-      функционалдық міндеттерді орындау сапасы;</w:t>
+      21. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тапсырмаларды орындау мерзімдерін сақтау;</w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...874 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Калибрлеу сессиясының қатысушылары бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3831,70 +2128,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорытынды баға калибрлеу сессиясы қатысушыларының басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      42. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
+      22. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3941,108 +2236,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4076,1504 +2313,1799 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Түркістан облысы әкімі аппараты</w:t>
+              <w:t>Түркістан облысы әкімі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен жергілікті бюджеттен қаржыландырылатын</w:t>
+              <w:t>аппараты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>облыстық атқарушы органдардың "Б" корпусы</w:t>
+              <w:t>мен жергілікті бюджеттен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік әкімшілік қызметшілерінің</w:t>
+              <w:t>қаржыландырылатын облыстық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметін бағалаудың әдістемесіне</w:t>
+              <w:t>атқарушы органдардың "Б"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
-[...129 lines deleted...]
-              <w:t>"БЕКІТЕМІН"</w:t>
+              <w:t>корпусы мемлекеттік әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жоғары тұрған басшы</w:t>
+              <w:t>қызметшілерінің қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>___________________________</w:t>
+              <w:t>бағалаудың әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(тегі, бас әріптер)</w:t>
-[...25 lines deleted...]
-              <w:t>қолы ____________________</w:t>
+              <w:t xml:space="preserve">1- қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құрылымдық бөлімше (мемлекеттік орган) басшысының жеке жұмыс жоспары __жыл</w:t>
-[...11 lines deleted...]
-        <w:t>(жеке жоспар құрылатын кезең)</w:t>
+        <w:t xml:space="preserve"> Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қызметшінің тегі, аты, әкесінің аты (болған жағдайда): _________________ </w:t>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қызметшінің лауазымы: ___________________________________________ </w:t>
+        <w:t xml:space="preserve">
+      ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қызметшінің құрылымдық бөлімшесінің атауы: _________________________</w:t>
+        <w:t xml:space="preserve">
+      ____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағаланатын кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз. Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...251 lines deleted...]
-Түйінді нәтиже*</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Параметерлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалау (0-ден* 5 баллға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсініктеме (қалау бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...366 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...383 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- орындаудың жеделдігі; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ - себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ - ақпараттық қауіпсіздік талаптарын сақтау; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- кешігудің болмауы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- қызметтік әдеп бұзушылықтардың болмауы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- ақпараттық қауіпсіздік талаптарын сақтау; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тәртіптік жаза болған жағдайда: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қолы ________________ (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-       Ескертпе: нысаналы мақсатты индикаторға қол жеткізуден күтілетін оң өзгерістер.</w:t>
+      Күні _________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5609,2018 +4141,1722 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Түркістан облысы әкімі аппараты</w:t>
+              <w:t>Түркістан облысы әкімі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен жергілікті бюджеттен қаржыландырылатын</w:t>
+              <w:t>аппараты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>облыстық атқарушы органдардың "Б" корпусы</w:t>
+              <w:t>мен жергілікті бюджеттен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік әкімшілік қызметшілерінің</w:t>
+              <w:t>қаржыландырылатын облыстық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметін бағалаудың әдістемесіне</w:t>
+              <w:t>атқарушы органдардың "Б"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>корпусы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерінің қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағалаудың әдістемесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>2-қосымша</w:t>
-            </w:r>
-[...63 lines deleted...]
-              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> НМИ бойынша бағалау парағы ______________________________________</w:t>
+        <w:t xml:space="preserve"> Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бағаланатын адамның Т.А.Ә., лауазымы) _______________________________ </w:t>
+        <w:t xml:space="preserve">
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(бағаланатын кезең)</w:t>
+        <w:t xml:space="preserve">
+      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағаланатын кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі - бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз. Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1118"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...178 lines deleted...]
-Нақты мәні</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Параметерлер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалау (0-ден* 5 баллға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсініктеме (қалау бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...320 lines deleted...]
-4-тоқсан</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.Функционалдық міндеттерді орындау сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесіне сәйкес өзге де кемшіліктердің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...319 lines deleted...]
-            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Дербестік және бастамашылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- қызметшінің функционалдық міндеттерін жоғары деңгейде дербес орындай алуы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- жетекшілік ететін міндеттерді шешуге қатысу және белсенділігі; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4. Еңбек тәртібін сақтау </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- кешігудің болмауы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- қызметтік әдеп бұзушылықтардың болмауы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- ақпараттық қауіпсіздік талаптарын сақтау; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазаларының болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-       Кестенің жалғасы</w:t>
+        <w:t xml:space="preserve">
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...657 lines deleted...]
-    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қорытынды бағалау _______________</w:t>
+        <w:t xml:space="preserve">
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады , функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қолы ________________ (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      НМИ санына бөлінген НМИ бойынша бағалау сомасы</w:t>
-[...172 lines deleted...]
-        <w:t xml:space="preserve"> қолы________________________________          қолы_____________________________</w:t>
+      Күні ________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>