--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7161caa" w14:textId="7161caa">
+    <w:p w14:paraId="4874abc" w14:textId="4874abc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -566,4581 +565,1462 @@
               </w:rPr>
               <w:t>қаулысымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z233" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Атырау облысы бойынша тексеру комиссиясы" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Атырау облысы бойынша Тексеру комиссиясының 05.09.2025 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қол қойылған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы "Атырау облысы бойынша тексеру комиссиясы" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 33-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2018 жылғы 16 қаңтардағы № 13 б</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4083 тіркелген) бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесіне сәйкес әзірленген және "Атырау облысы бойынша тексеру комиссиясы" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve">, "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2018 жылғы 16 қаңтардағы № 13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 тіркелген) бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесіне сәйкес әзірленген және "Атырау облысы бойынша тексеру комиссиясы" мемлекеттік мекемесінің (бұдан әрі – Тексеру комиссиясы) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Үлгілік әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құрылымдық бөлімшенің/мемлекеттік органның басшысы – D-1, D-3 (құрылымдық бөлімшелердің басшылары) санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тексеру комиссиясы "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру комиссиясының төрағасын бағалау Атырау облыстық мәслихатының төрағасымен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру комиссиясы бірінші басшысының шешімі бойынша оның тікелей бағынысындағы адамдар Тексеру комиссиясы аппарат басшысымен бағалана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша Тексеру комиссиясы "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 4-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімшелер (адам), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы </w:t>
-[...242 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+      9. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде Тексеру комиссиясы "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде персоналды басқару қызметінде және ақпараттық жүйеде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен персоналды басқару қызметі қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Персоналды басқару қызметінің басшысы мыналарға жауапты болады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...82 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Тексеру комиссиясы "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. D-1, D-3 (құрылымдық бөлімшелердің басшылары) санаттарының Тексеру комиссиясы "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын Тексеру комиссиясы "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D-3 санаттарының (құрылымдық бөлімшелердің басшыларын қоспағанда) Тексеру комиссиясы "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Әдістеменің 2-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзге тұлғаларды бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Әдістеменің 2-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бағалаушы адамға бағалау парағы персоналды басқару қызметімен ақпараттық жүйе арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...1203 lines deleted...]
-      3) қажет болған жағдайда басшы мен қызметкердің кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
-[...15 lines deleted...]
-      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында Тексеру комиссиясы осы Әдістеменің 10-тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
-[...15 lines deleted...]
-      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Тексеру комиссиясы "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды қабылдайды және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
-[...15 lines deleted...]
-      20. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, персоналды басқару қызметінің (кадр қызметінің) басшысына және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру комиссиясының мүшелеріне және тексеру комиссиясының төрағасына калибрлеу сессиясын өткізу және оның құрамын бекіту Атырау облыстық маслихат шешімінің негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Құрылымдық бөлімшенің/мемлекеттік органның басшысын НМИ қол жеткізуі бойынша бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
-[...15 lines deleted...]
-      21. Құрылымдық бөлімше/мемлекеттік орган басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын құрылымдық бөлімше/мемлекеттік орган басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ персоналды басқару қызметінің қызметкері не персоналды басқару қызметінің міндеттерін орындау жүктелген адам кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
-[...15 lines deleted...]
-      Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Әдістеменің 10-тармағында көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
-[...15 lines deleted...]
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде персоналды басқару қызметі жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
-[...15 lines deleted...]
-      Егер қызметшінің тағайындалған күнінен бастап бағалау кезеңінің соңына дейінгі мерзім үш айдан аз болса, аталған қызметшіге НМИ белгіленбейді.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген мерзімдерде жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес бағалау мерзімінің соңғы күніне дейінгі бес жұмыс күннен кешіктірмейтін мерзімде ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) бағалаушы адамға жолдайды.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
-[...15 lines deleted...]
-      23. НМИ үштен беске дейінгі мөлшерде белгіленеді және бағаланатын кезеңнің соңына дейін бағаланатын адам қызметінің күтілетін нақты нәтижелерін көрсетуі тиіс.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
-[...15 lines deleted...]
-      24. НМИ мақсатқа қол жеткізу өлшемінің сандық және сапалық индикаторларынан тұруы тиіс және:</w:t>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
-[...15 lines deleted...]
-      1) нақты (күтілетін оң өзгерістер көрсетіле отырып қол жеткізуге тиісті нәтиже анық белгіленеді);</w:t>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
-[...15 lines deleted...]
-      2) өлшемді (НМИ жетістіктерін өлшеу үшін нақты өлшемшарттар белгіленеді);</w:t>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
-[...15 lines deleted...]
-      3) қолжетімді (НМИ қолда бар ресурстарды, құзыреттер мен шектеулерді ескере отырып белгіленеді);</w:t>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
-[...15 lines deleted...]
-      4) уақытпен шектеулі (бағаланатын кезең ішінде НМИ қол жеткізу мерзімі белгіленеді) болуы;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
-[...15 lines deleted...]
-      5) мемлекеттік жоспарлау жүйесінің құжаттарын, оның ішінде ұлттық жобаларды, мемлекеттік органның стратегиялық мақсаттарын, "А" корпусы қызметшісінің келісімін іске асыруға не мемлекеттік орган қызметінің тиімділігін арттыруға бағдарланған болуы тиіс.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
-[...15 lines deleted...]
-      25. НМИ-ге өзгерістер енгізуге қол жеткізуге тікелей әсер ететін мемлекеттік органның функциялары мен құрылымы өзгерген жағдайда жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
-[...2443 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5174,5975 +2054,302 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Атырау облысы бойынша тексеру комиссиясы" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесіне</w:t>
+              <w:t>Тексеру комиссиясы "Б"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>корпусы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мемлекеттік әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағалаудың Әдістемесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>1-қосымша</w:t>
-            </w:r>
-[...245 lines deleted...]
-              <w:t>қолы ____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z232" w:id="137"/>
-[...3060 lines deleted...]
-    <w:bookmarkStart w:name="z159" w:id="146"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________ (Бағаланатын кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...72 lines deleted...]
-    <w:bookmarkEnd w:id="146"/>
+      _____________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...2491 lines deleted...]
-    <w:bookmarkEnd w:id="155"/>
+      ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру комиссиясы "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -11192,201 +2399,217 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Критерийлер</w:t>
+Бағалау (0-ден* 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z90" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау (1-ден 5 баллға дейін)</w:t>
+Түсініктеме</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негіздеме</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1.Функционалдық міндеттерді орындау сапасы*</w:t>
+              <w:t xml:space="preserve">
+ 1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11394,140 +2617,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z91" w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+              <w:t xml:space="preserve">
+ 2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ету </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11535,140 +2806,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z93" w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- орындаудың жеделдігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Дербестік және бастамашылық.</w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11676,140 +2995,300 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z95" w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- команданы басқаруды және командалық нәтиже үшін жауапкершілікті өз мойнына ала білу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мақсаттар мен міндеттерді нақты белгілей білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жеке мысал арқылы тиімді қарым-қатынас және оң командалық климат құру арқылы команданы ынталандыру мүмкіндігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- белгісіздік жағдайында тиімді әрекет ете білу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- ықтимал тәуекелдерді ескере отырып, міндеттерді шешудің бірнеше нұсқаларын ұсына білу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Еңбек тәртібін сақтау</w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11817,253 +3296,681 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z101" w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- кешігудің болмауы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z107" w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z173" w:id="156"/>
+    <w:bookmarkStart w:name="z110" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z175" w:id="158"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z111" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z112" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қолы ________________ (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12097,377 +4004,268 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Атырау облысы бойынша</w:t>
+              <w:t>Тексеру комиссиясы "Б"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тексеру комиссиясы"</w:t>
+              <w:t>корпусы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мемлекеттік әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік мекемесінің "Б"</w:t>
+              <w:t>қызметшілерінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>корпусы мемлекеттік әкімшілік</w:t>
+              <w:t>бағалаудың Әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметшілерінің қызметін</w:t>
-[...90 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="160"/>
-[...176 lines deleted...]
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z117" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z118" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z119" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z120" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________ (Бағаланатын кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z121" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________ (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z122" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________ Тексеру комиссиясы "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі - бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z123" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12481,16210 +4279,1480 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/р</w:t>
+Параметрлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құзыреттердің атауы</w:t>
+Бағалау (0*-ден 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z124" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құзыреттер бойынша сұрақтар</w:t>
+Түсініктеме</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жауаптар</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...72 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стратегиялық мақсаттарға сәйкес нақты міндеттер қояды және тапсырмалар береді</w:t>
+1.Функционалдық міндеттерді орындау сапасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесіне сәйкес өзге де кемшіліктердің болмауы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басымдық бере отырып, бөлімшенің жұмысын тиімді ұйымдастырады</w:t>
+2.Міндеттерді орындау мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...40 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...77 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z125" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өз қызметін әріптестерімен үйлестіре алады, коммуникацияларға ашық, іскерлік ынтымақтастыққа дайындық танытады, қажет болған жағдайда әріптестеріне көмектеседі</w:t>
-[...2 lines deleted...]
-        </w:tc>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...37 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.Дербестік және бастамашылдық</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z126" w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүдделі тараптармен топтың/команданың / тиімді жұмысын құрады</w:t>
-[...2 lines deleted...]
-        </w:tc>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметшінің функционалдық міндеттерін жоғары деңгейде дербес орындай алуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - жетекшілік ететін міндеттерді шешуге қатысу және белсенділігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...36 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тиімді коммуникацияларды құру бойынша орташа баға</w:t>
+4.Еңбек тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...77 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z130" w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Есепке алынады: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- кешігудің болмауы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Парасаттылық, шынайылық, тілектестік, әріптестері мен мүдделі тараптарға сыйластық қағидаттарын ұстанады</w:t>
+5.Тәртіптік жазалардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z136" w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...36 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...36 lines deleted...]
-Өзгерістерді басқару</w:t>
+Орташа қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...3559 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z188" w:id="169"/>
-[...383 lines deleted...]
-    <w:bookmarkStart w:name="z198" w:id="177"/>
+    <w:bookmarkStart w:name="z139" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z140" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z141" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бағаланатын қызметкердің Т.А.Ә ______________________________ </w:t>
-[...7654 lines deleted...]
-    </w:p>
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қызметшінің (тегі, аты, әкесінің аты (болған жағдайда))________________ Қызметшінің лауазымы: __________________________________________ </w:t>
-[...2945 lines deleted...]
-      Комиссияның мүшесі: __________________________ Күні: ____________</w:t>
+      Қолы ________________ (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -28692,55 +5760,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -29062,35 +6130,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>