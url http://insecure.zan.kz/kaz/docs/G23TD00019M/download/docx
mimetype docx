--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8df4cc7" w14:textId="8df4cc7">
+    <w:p w14:paraId="4538073" w14:textId="4538073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Исатай ауданы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Атырау облысы Исатай аудандық мәслихатының 2023 жылғы 6 маусымдағы № 19-VIII шешімі</w:t>
+        <w:t>Атырау облысы Исатай аудандық мәслихатының 2023 жылғы 6 маусымдағы № 19-VIII шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының 2015 жылғы 23 қарашадағы Заңының 33-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -477,3388 +477,4230 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 19-VIII шешімімен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Исатай аудандық мәслихат аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі</w:t>
+        <w:t xml:space="preserve"> "Исатай аудандық мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkStart w:name="z98" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Атырау облысы Исатай аудандық маслихатының 24.09.2025 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+        <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Исатай аудандық мәслихат аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың осы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі - Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі - Заң) 33-бабының </w:t>
+      1. Осы "Исатай ауданы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының 33-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс – қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) бұйрығының </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> пайдаланылатын негізгі ұғымдар:</w:t>
+        <w:t xml:space="preserve">, Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 тіркелген) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесіне (бұдан әрі – Үлгілік әдістеме) сәйкес әзірленді және "Исатай ауданы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің (бұдан әрі – "Б" корпусының қызметшілері) қызметін бағалау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
-[...15 lines deleted...]
-      1) жоғары тұрған басшы - бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Исатай ауданы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесін мемлекеттік органдардың бірінші басшылары осы Әдістеменің негізінде мемлекеттік орган қызметінің ерекшелігін есепке ала отырып бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...15 lines deleted...]
-      2) тікелей басшы - мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік орган бекіткен "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі болмаған жағдайда мемлекеттік органдар Үлгілік әдістемені басшылыққа алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...15 lines deleted...]
-      3) бағалаушы адам - мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Әдістемеде қолданылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...15 lines deleted...]
-      4) Мәслихат аппаратының басшысы - Е-2 санатының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшы лауазым - өзіне бағынысты бөлімшенің немесе жекелеген қызметкерлердің қызметін ұйымдастыру бойынша өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      5) "Б" корпусының қызметшісі - Мәслихат аппаратының басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тікелей басшы - мемлекеттік лауазым бойынша жоғары тұрған, оған қатысты мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес тікелей бағынысты адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      6) бағаланатын адам - Мәслихат аппаратының басшысы немесе "Б" корпусының қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құрылымдық бөлімшенің/мемлекеттік органның басшысы – Е-2 санатындағы "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) - Мәслихат аппаратының басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      8) саралау әдісі - "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі - бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағаланатын тұлға - өзіне қатысты бағалау жүргізілетін тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      9) 360 әдісі - бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) калибрлеу сессиялары - бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың мерзімді кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      10) калибрлеу сессиялары - бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бағаланатын кезең - мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      11) бағаланатын кезең - мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мәслихат аппаратының "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі - бағалау) "Е – қызмет" интеграцияланған ақпараттық жүйесі (бұдан әрі - ақпараттық жүйе) арқылы олардың жұмысының тиімділігі мен сапасын айқындау үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      3. Бағалау бағаланатын адамның санатына байланысты НМИ қол жеткізу нәтижелері, саралау және 360 әдістері нәтижелерінің негізінде жүргізіледі. Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы тұлға болмаған кезде бағалауды оның орнындағы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. НМИ қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша – есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
+      Іссапарға жіберілген адамдарды бағалау іссапарға жіберу кезеңінде қабылдаушы мемлекеттік органда жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      НМИ және саралау бойынша қорытынды баға "Б" корпусы қызметшісінің есепті тоқсандардағы орташа бағасынан құралады.</w:t>
+      5. Бағалау тоқсанның қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Қорытынды баға ақпараттық жүйеде күнтізбелік жылдың есепті тоқсандары үшін "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасынан автоматты түрде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға есепті жылдан кейінгі 30 қаңтардан кешіктірілмей қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан аз болған жағдайларда бағалау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бір айдан кем болған жағдайда, оған бағалау жүргізілмейді. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z142" w:id="22"/>
+      7. Бағаланатын кезең аяқталғанға дейін мемлекеттік органнан босатылған қызметшілерді бағалау олардың қатысуынсыз </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген мерзімдерде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бағалау нәтижелері келесі градация бойынша қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерді тиімді орындайды",</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерді тиісті түрде орындайды",</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерді қанағаттанарлық орындайды",</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерді қанағаттанарлықсыз орындайды" (қанағаттанарлықсыз бағалау).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерді тиімді орындайды" нәтижесіне 4-тен 5 баллға дейінгі балл диапазонына сәйкес келеді, "Функционалдық міндеттерді тиісінше орындайды" 3-тен 3,99 баллға дейін, "Функционалдық міндеттерді қанағаттанарлық орындайды" 2-ден 2,99 баллға дейін, "Функционалдық міндеттерді қанағаттанарлықсыз орындайды" 0-ден 1,99 баллға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін орындау, оның ішінде ақпараттық жүйе арқылы жүктелген тұлға қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымшасында алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру есепті тоқсаннан кейінгі айдың ішінде оның тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарламаны жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Бағалау нәтижелерімен келіспеген жағдайда қызметші бағалау нәтижелерін алған күннен бастап бес жұмыс күні ішінде мемлекеттік лауазымға тағайындауға және мәслихат аппаратының "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу туралы еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Егер бағаланатын қызметші бағалау жүргізу кезеңінде еңбек немесе әлеуметтік демалыста, еңбекке уақытша қабілетсіздігі кезеңінде, іссапарда, тағылымдамада, қайта даярлауда немесе біліктілігін арттыруда болған жағдайда қызметшіні НМИ қол жеткізу бойынша бағалау, саралау және/немесе 360 әдістері бойынша бағалау оның қатысуынсыз </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+      12. Калибрлеу сессиясының шешіміне Қазақстан Республикасы Әкімшілік рәсімдік-процестік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртібіне сәйкес мемлекеттік қызметші шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Бағалауға байланысты құжаттар персоналды басқару қызметінде бағалау аяқталған күннен бастап үш жыл бойы, сондай-ақ ақпараттық жүйеде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Бағалау нәтижелері құпия ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ мемлекеттік орган "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші тұлғаларға жария етуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Бағалау рәсіміне байланысты келіспеушіліктерді персоналды басқару қызметі барлық мүдделі тұлғалар мен тараптардың көмегімен қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Персоналды басқару қызметі қамтамасыз етеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламалар дайындауды, бағалау процесіне қатысушыларға консультация беруді қоса алғанда, қызметті бағалау процесін ұйымдастыру және сүйемелдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы және бағаланатын адамдардың кездесулеріне қатысу, қызметті бағалау процесі мәселелері бойынша консультация беру арқылы даулы мәселелерді шешуге көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әрбір қызметкер бойынша ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезеңдегі қызметті бағалау шеңберінде қажетті құжаттардың толықтығы мен уақтылы толтырылуы, қажетті есептік жазбаларды енгізу, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерлерге тиісті хабарламалар жіберу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 тарау. Мәслихат аппаратының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз </w:t>
-[...162 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      17. Мәслихат аппараты басшысының бағалауын осы Әдістемеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1- қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тікелей басшы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Әдістемеге 1- қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзге тұлғаларды бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Әдістемеге 2-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бағалау парағын бағалаушы тұлғаға персоналды басқару қызметі ақпараттық жүйе арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы тұлға 0-ден 5-ке дейінгі бағаларды қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 тарау. Калибрлеу сессияларын өткізу және кері байланыс беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...132 lines deleted...]
-    <w:bookmarkStart w:name="z145" w:id="35"/>
+      19. Бағалау процесіне бірыңғай көзқарасты келісу және сақтау мақсатында мәслихат аппараты осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Мәслихат аппаратының "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам калибрлеу сессиясын өткізу туралы шешім қабылдайды және оның құрамын қызметшінің өтініші келіп түскен күннен бастап үш жұмыс күні ішінде бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы тұлғалар (бағалау калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ персоналды басқару қызметінің (кадр қызметінің) міндеттерін орындау жүктелген тұлға енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы Әдістеменің </w:t>
-[...155 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="39"/>
+      21. Калибрлеу сессиясы осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен қызметші жүгінген күннен бастап он жұмыс күні ішінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасын дәлелдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының мүшелері бағалаушының бағасын қолдай алады немесе бағалауды түзету үшін дәлелдер келтіре алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды түзету көтерілу жағына да, төмендеу жағына да жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің көпшілік даусымен қабылданады және тиісті хаттамамен ресімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күні ішінде ақпараттық жүйеде орналастыруды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Калибрлеу сессиясының нәтижелері бойынша бағалаушы тұлға бағаланатын қызметшімен кездесулер өткізеді және қорытынды бағалау нәтижелері туралы кері байланыс береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кездесу барысында келесі мәселелер талқыланады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын кезеңдегі жетістіктерге шолу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дағдылар мен құзыреттерді дамытуға шолу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкердің әлеуетіне шолу және мансаптық ұмтылыстарын талқылау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы тұлға кездесу кезінде ашық және достық диалог атмосферасын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәслихат аппаратының "Б"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>корпусы мемлекеттік әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін бағалау Әдістемесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
-[...401 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="59"/>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22. НМИ-ды бағалаушы адаммен сондай-ақ бөлім басшысының келісімімен "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік Әдістеменің </w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="63"/>
+      (бағаланатын кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z99" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мәслихат аппараты басшысының НМИ қол жеткізуін бағалауды бағалаушы адам </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="64"/>
+      ______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z100" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) _____________________________________________"Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз. Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Параметрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалау (0-ден* 5 баллға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсініктеме (қалау бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толтыру кезінде түсініктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау; - осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - орындаудың жеделдігі; - осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - команданы басқаруды және командалық нәтиже үшін жауапкершілікті өз мойнына ала білу; - мақсаттар мен міндеттерді нақты белгілей білу; - жеке мысал арқылы тиімді қарым-қатынас және оң командалық климат құру арқылы команданы ынталандыру мүмкіндігі; - белгісіздік жағдайында тиімді әрекет ете білу; - ықтимал тәуекелдерді ескере отырып, міндеттерді шешудің бірнеше нұсқаларын ұсына білу; - осы параметр бойынша Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - кешігудің болмауы; - себепсіз жұмыстан мерзімінен бұрын шығудың болмауы; - қызметтік әдеп бұзушылықтардың болмауы; - ақпараттық қауіпсіздік талаптарын сақтау; - мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау; - мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. Тәртіптік жаза болған жағдайда: - ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек; - жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бұл ретте, мәліметтердің шынайылығын қамтамасыз ету мақсатында бөлім басшысы НМИ-дің нақты мәндеріне алдын ала есептеу жүргізеді және оны осы Әдістеменің </w:t>
-[...223 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="75"/>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұсынылған материалдарды қарау қорытындылары бойынша бағалаушы адам "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік Әдістеменің </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="76"/>
+      Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. Бағалау нәтижесі:_____________________________________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады. Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бағаларды қою кезінде бағалаушы адам "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік Әдістеменің </w:t>
-[...57 lines deleted...]
-      28. "Б" корпусының қызметшілерін бағалау саралау әдісі бойынша жүзеге асырылады.</w:t>
+      (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z84" w:id="79"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәслихат аппаратының "Б"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>корпусы мемлекеттік әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін бағалау Әдістемесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) _______________________________________________________________________ _______________________________________________________________________ (Бағаланатын кезең) ________________________________________________________________________ (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) ________________________________________________________________________ "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі - бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз. Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Параметрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағалау (0*-ден 5 баллға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсініктеме (қалау бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толтыру кезінде түсініктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Функционалдық міндеттерді орындау сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органды бағалау әдістемесінде көзделген осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе өзге де фактілердің болмауы ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Дербестік және бастамашылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - қызметшінің функционалдық міндеттерін жоғары деңгейде дербес орындай алуы; - жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық; - жетекшілік ететін міндеттерді шешуге қатысу және белсенділігі; - осы параметр бойынша Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Еңбек тәртібін сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - кешігудің болмауы; - себепсіз жұмыстан мерзімінен бұрын шығудың болмауы; - қызметтік әдеп бұзушылықтардың болмауы; - ақпараттық қауіпсіздік талаптарын сақтау; - мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау; - мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша Әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. Тәртіптік жаза болған жағдайда: - ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек; - жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      29. "Б" корпусының қызметшілерін саралау әдісі бойынша бағалауды Мәслихат аппаратының басшысы "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік Әдістеменің </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="82"/>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бағалаушы адам "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік Әдістеменің </w:t>
-[...39 lines deleted...]
-      32. "Б" корпусының қызметшілерін бағалау олардың бағаланатын кезеңде функционалдық міндеттерін орындау кезінде қол жеткізген нәтижелерінің деңгейі мен орындалған жұмыстың көлемі мен күрделілігі ескере отырып, мынадай параметрлер бойынша айқындалады:</w:t>
+      Бағалау нәтижесі: _____________________________________________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z89" w:id="84"/>
-[...15 lines deleted...]
-      функционалдық міндеттерді орындау сапасы;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z90" w:id="85"/>
-[...15 lines deleted...]
-      тапсырмаларды орындау мерзімдерін сақтау;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қолы ____________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z91" w:id="86"/>
-[...15 lines deleted...]
-      дербестік және бастамашылық;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z92" w:id="87"/>
-[...15 lines deleted...]
-      еңбек тәртібі.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z93" w:id="88"/>
-[...1074 lines deleted...]
-    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4238,31 +5080,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>