--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2730cc6" w14:textId="2730cc6">
+    <w:p w14:paraId="a333e43" w14:textId="a333e43">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Атырау облысы әкімдігі "Б" корпусының мемлекеттік әкімшілік қызметшілерінің жұмысын бағалауәдістемесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Атырау облысы әкімдігінің 2023 жылғы 25 сәуірдегі № 57 қаулысы</w:t>
+        <w:t>Атырау облысы әкімдігінің 2023 жылғы 25 сәуірдегі № 57 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -562,4810 +561,1622 @@
               </w:rPr>
               <w:t>№ 57 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Атырау облысы әкімдігі "Б" корпусының мемлекеттік әкімшілік қызметшілерінің жұмысын бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Атырау облысы әкімдігінің 12.09.2025 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>184</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Атырау облысы әкімдігі "Б" корпусының мемлекеттік әкімшілік қызметшілерінің жұмысын бағалауәдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 33-бабының </w:t>
+      1. Осы Атырау облысы әкімдігі "Б" корпусының мемлекеттік әкімшілік қызметшілерінің жұмысын бағалау әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі - Заң) 33-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесіне сәйкес әзірленді және "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібін айқындайды.</w:t>
+        <w:t>, Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" бұйрығымен бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесіне сәйкес әзірленді және "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Әдістемеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...15 lines deleted...]
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...15 lines deleted...]
-      3) бағалаушы адам – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құрылымдық бөлімшенің басшысы - D-3 санатының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      4) құрылымдық бөлімшенің басшысы - D-3санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік органның басшысы – D-O-1 санатының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      5) мемлекеттік органның басшысы - D-O-1санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      6) "Б" корпусының қызметшісі – құрылымдық бөлімшенің/мемлекеттік органның басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      7) бағаланатын адам – құрылымдық бөлімшенің/мемлекеттік органның басшысы немесе "Б" корпусының қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      8) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – құрылымдық бөлімшенің/мемлекеттік органның басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, "А" корпусы қызметшісінің келісіміне қол жеткізуге немесе мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      9) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      10) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      11) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      12) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның бірінші басшысының шешімі бойынша оның тікелей бағынысындағы адамдар осы мемлекеттік органның аппарат басшысымен бағалана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...100 lines deleted...]
-      13) жеке жұмыс жоспары – "Б" корпусы қызметшісінің бағалау кезеңіне НМИ қарастырылған және тікелей басшысымен бірлесіп құрылатын, жоғары тұрған басшымен бекітілген құжат.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...87 lines deleted...]
-      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта немесе мемлекеттік органдарда жұмыс істейтін ақпараттық жүйелерде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
-[...15 lines deleted...]
-      Бағалау бағаланатын адамның санатына байланысты НМИ қол жеткізу нәтижелері, саралау және 360 әдістері нәтижелерінің негізінде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z221" w:id="23"/>
-[...15 lines deleted...]
-      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:p>
-[...87 lines deleted...]
-      4. НМИ қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша – есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
-[...257 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
-[...15 lines deleted...]
-      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиімді атқарады",</w:t>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиісті түрде атқарады",</w:t>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады",</w:t>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі немесе ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімшелер (адамдар), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
-[...15 lines deleted...]
-      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
-[...15 lines deleted...]
-      8. НМИ қол жеткізу нәтижелері мен саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда жоғарылату, төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде персоналды басқару қызметінде және ақпараттық жүйеде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен персоналды басқару қызметі қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Персоналды басқару қызметінің басшысы мыналарға жауапты болады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...161 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. D-3 (құрылымдық бөлімшенің басшысы), D-O-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      D-3 (құрылымдық бөлімшенің басшысын қоспағанда) санатының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өзге тұлғаларды бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бағалаушы адамға бағалау парағы персоналды басқару қызметімен ақпараттық жүйе арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...82 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Мемлекеттік қызметші калибрлеу сессиясның шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+      18. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды қабылдайды және оның құрамын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ персоналды басқару қызметінің (кадр қызметінің) қызметкері не персоналды басқару қызметінің (кадр қызметінің) міндеттерін орындау жүктелген адам кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
-[...319 lines deleted...]
-      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      20. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
-[...15 lines deleted...]
-      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z63" w:id="61"/>
-[...15 lines deleted...]
-      20. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, персоналды басқару қызметінің (кадр қызметінің) басшысына және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z64" w:id="62"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Құрылымдық бөлімшенің/мемлекеттік органның басшысын НМИ қол жеткізуі бойынша бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z65" w:id="63"/>
-[...15 lines deleted...]
-      21. Құрылымдық бөлімше/мемлекеттік орган басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z66" w:id="64"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын құрылымдық бөлімше/мемлекеттік орган басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z67" w:id="65"/>
-[...15 lines deleted...]
-      Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z68" w:id="66"/>
-[...15 lines deleted...]
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде персоналды басқару қызметі жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z69" w:id="67"/>
-[...15 lines deleted...]
-      Егер қызметшінің тағайындалған күнінен бастап бағалау кезеңінің соңына дейінгі мерзім үш айдан аз болса, аталған қызметшіге НМИ белгіленбейді.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z70" w:id="68"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген мерзімдерде жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z71" w:id="69"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес бағалау мерзімінің соңғы күніне дейінгі бес жұмыс күннен кешіктірмейтін мерзімде ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) бағалаушы адамға жолдайды.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z72" w:id="70"/>
-[...15 lines deleted...]
-      23. НМИ үштен беске дейінгі мөлшерде белгіленеді және бағаланатын кезеңнің соңына дейін бағаланатын адам қызметінің күтілетін нақты нәтижелерін көрсетуі тиіс.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z73" w:id="71"/>
-[...15 lines deleted...]
-      24. НМИ мақсатқа қол жеткізу өлшемінің сандық және сапалық индикаторларынан тұруы тиіс және:</w:t>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z74" w:id="72"/>
-[...2671 lines deleted...]
-    <w:bookmarkEnd w:id="190"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5453,5691 +2264,143 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жұмысын бағалау әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
-          </w:p>
-[...63 lines deleted...]
-            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"БЕКІТЕМІН"</w:t>
-[...119 lines deleted...]
-              <w:br/>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құрылымдық бөлімше (мемлекеттік орган) басшысының жеке жұмыс жоспары _________________________________________________ </w:t>
-[...3034 lines deleted...]
-    <w:bookmarkStart w:name="z157" w:id="201"/>
+        <w:t xml:space="preserve"> Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қорытынды бағалау _______________ </w:t>
-[...2372 lines deleted...]
-    <w:bookmarkEnd w:id="214"/>
+       (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) _________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z84" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын кезең) _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z85" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз. Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -11187,201 +2450,197 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Критерийлер</w:t>
+Бағалау (0-ден* 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау (1-ден 5 баллғадейін)</w:t>
+Түсініктеме (қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негіздеме</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Функционалдық міндеттерді орындау сапасы*</w:t>
+1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11389,140 +2648,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z86" w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11530,140 +2837,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z88" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- орындаудың жеделдігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Дербестік және бастамашылық.</w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11671,140 +3026,300 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z90" w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- команданы басқаруды және командалық нәтиже үшін жауапкершілікті өз мойнына ала білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мақсаттар мен міндеттерді нақты белгілей білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жеке мысал арқылы тиімді қарым-қатынас және оң командалық климат құру арқылы команданы ынталандыру мүмкіндігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- белгісіздік жағдайында тиімді әрекет ете білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ықтимал тәуекелдерді ескере отырып, міндеттерді шешудің бірнеше нұсқаларын ұсына білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Еңбек тәртібін сақтау</w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11812,253 +3327,605 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z96" w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z102" w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z169" w:id="215"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z105" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады). Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. Қолы ________________ (электрондық цифрлық қолтаңба арқылы куәләндырылған) Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12092,347 +3959,177 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Атырау облысы әкімдігі "Б"</w:t>
+              <w:t>Атырау облысы әкімдігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>корпусы мемлекеттік әкімшілік</w:t>
+              <w:t>"Б" корпусы мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметшілерінің жұмысын</w:t>
+              <w:t>әкімшілік қызметшілерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағалау әдістемесіне</w:t>
+              <w:t>жұмысын бағалау әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z173" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құрылымдық бөлімшелер басшыларының 360 әдісімен бағалау парағы </w:t>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="227"/>
+        <w:t xml:space="preserve"> Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) ______ (Бағаланатын кезең) _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z124" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы) _________________________________________________________________"Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі - бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз. Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек. Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12446,16139 +4143,1480 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/р</w:t>
+Параметрлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құзыреттердің атауы</w:t>
+Бағалау (0*-ден 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құзыреттер бойынша сұрақтар</w:t>
+Түсініктеме (қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жауаптар</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...72 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стратегиялық мақсаттарға сәйкес нақты міндеттер қояды және тапсырмалар береді</w:t>
+1.Функционалдық міндеттерді орындау сапасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесіне сәйкес өзге де кемшіліктердің болмауы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басымдық бере отырып, бөлімшенің жұмысын тиімді ұйымдастырады</w:t>
+2. Міндеттерді орындау мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...40 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...77 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...17 lines deleted...]
-        </w:tc>
+          <w:bookmarkStart w:name="z109" w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...37 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Дербестік және бастамашылдық</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...17 lines deleted...]
-        </w:tc>
+          <w:bookmarkStart w:name="z110" w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметшінің функционалдық міндеттерін жоғары деңгейде дербес орындай алуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жетекшілік ететін міндеттерді шешуге қатысу және белсенділігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...46 lines deleted...]
-Тиімді коммуникацияларды құру бойынша орташа баға</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Еңбек тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...77 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z114" w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Парасаттылық, шынайылық, тілектестік, әріптестері мен мүдделі тараптарға сыйластық қағидаттарын ұстанады</w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z120" w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...83 lines deleted...]
-Өзгерістерді басқару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...3559 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z182" w:id="228"/>
-[...5810 lines deleted...]
-    <w:bookmarkStart w:name="z203" w:id="241"/>
+    <w:bookmarkStart w:name="z123" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әрбір құзырет бойынша бағалаудың орташа қорытынды нәтижелерін есептеу автоматты режимде әрбір респонденттің баллдарын қосу және респонденттердің санына бөлу (өзін-өзі бағалаудан басқа) арқылы жүзеге асырылады. </w:t>
-[...1344 lines deleted...]
-    <w:bookmarkStart w:name="z207" w:id="245"/>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады. Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады). Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z125" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әрбір құзырет бойынша бағалаудың орташа қорытынды нәтижелерін есептеу автоматты режимде әрбір респонденттің баллдарын қосу және респонденттердің санына бөлу (өзін-өзі бағалаудан басқа) арқылы жүзеге асырылады. </w:t>
-[...3703 lines deleted...]
-    <w:bookmarkEnd w:id="270"/>
+      Қолы ________________ (электрондық цифрлық қолтаңба арқылы куәләндырылған) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z126" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -28900,35 +5938,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>