--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2e23350" w14:textId="2e23350">
+    <w:p w14:paraId="f303c64" w14:textId="f303c64">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Уәлиханов ауданының аумағында бөлек жергілікті қоғамдастық жиындарын өткізу және жергілікті қоғамдастық жиынына қатысу үшін ауылдар, көшелер, көппәтерлі тұрғын үйлер тұрғындары өкілдерінің санын айқындау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Солтүстік Қазақстан облысы Уәлиханов ауданы мәслихатының 2023 жылғы 28 қыркүйектегі № 4-8 с шешімі</w:t>
+        <w:t>Солтүстік Қазақстан облысы Уәлиханов ауданы мәслихатының 2023 жылғы 28 қыркүйектегі № 4-8 с шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" 2001 жылғы 23 қаңтардағы Қазақстан Республикасы Заңының 39-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -625,640 +625,720 @@
               </w:rPr>
               <w:t>№ 4-8 с шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уәлиханов ауданының аумағында бөлек жергілікті қоғамдастық жиындарын өткізу және жергілікті қоғамдастық жиындарына қатысу үшін ауылдар, көшелер, көппәтерлі тұрғын үйлер тұрғындары өкілдерінің санын айқындау қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Уәлиханов ауданы мәслихатының 21.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16-31 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1- тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Уәлиханов ауданының аумағында бөлек жергілікті қоғамдастық жиындарын өткізу және жергілікті қоғамдастық жиындарына қатысу үшін ауылдар, көшелер, көппәтерлі тұрғын үйлер тұрғындары өкілдерінің санын айқындау қағидалары "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 39-3-бабының 6-тармағына және Қазақстан Республикасы Ұлттық экономика министрінің 2023 жылғы 23 маусымдағы № 122 "Жергілікті қоғамдастықтың бөлек жиындарын өткізудің үлгілік қағидаларын бекіту туралы" бұйрығына (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде № 32894 болып тіркелген) сәйкес әзірленді және ауылдық округ тұрғындарының жергілікті қоғамдастықтың бөлек жиындарын өткізудің үлгілік тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
-[...15 lines deleted...]
-      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
-[...15 lines deleted...]
-      1) бөлек жергілікті қоғамдастық жиыны –ауылдық округ, ауыл, көше, көппәтерлі тұрғын үй тұрғындарының (жергілікті қоғамдастық мүшелерінің) жергілікті қоғамдастық жиынына қатысу үшін өкілдерді сайлауға тікелей қатысуы;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бөлек жергілікті қоғамдастық жиыны – ауыл, көше шағын аудан, көше, көппәтерлі тұрғын үй тұрғындарының (жергілікті қоғамдастық мүшелерінің) жергілікті қоғамдастық жиынына қатысу үшін өкілдерді сайлауға тікелей қатысуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
-[...15 lines deleted...]
-      2) жергілікті қоғамдастық – шекараларында жергілікті өзін-өзі басқару жүзеге асырылатын, оның органдары құрылатын және жұмыс істейтін тиісті әкімшілік-аумақтық бірліктің аумағында тұратын тұрғындардың (жергілікті қоғамдастық мүшелерінің) жиынтығы.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жергілікті қоғамдастық – шекараларында жергілікті өзін-өзі басқару жүзеге асырылатын, оның органдары құрылатын және жұмыс істейтін тиісті әкімшілік-аумақтық бөлініс аумағында тұратын тұрғындардың (жергілікті қоғамдастық мүшелерінің) жиынтығы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2 тарау. Жергілікті қоғамдастықтың бөлек жиындарын өткізу тәртібі</w:t>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2- тарау. Бөлек жергілікті қоғамдастық жиындарын өткізудің тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
-[...15 lines deleted...]
-      3. Жергілікті қоғамдастықтың бөлек жиынын өткізу ауылдық округтің аумағы учаскелерге (ауылдар, көшелер, көппәтерлі тұрғын үйлер) бөлінеді.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бөлек жергілікті қоғамдастық жиынын өткізу үшін ауылдық округтің аумағы учаскелерге (ауылдар, көшелер) бөлінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
-[...15 lines deleted...]
-      4. Жергілікті қоғамдастықтың бөлек жиындарында жергілікті қоғамдастық жиынына қатысу үшін саны үш адамнан аспайтын өкілдер сайланады.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жергілікті қоғамдастықтың бөлек жиындарында жергілікті қоғамдастықтың жиынына қатысу үшін саны үш адамнан аспайтын өкілдер сайланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
-[...15 lines deleted...]
-      5. Ауылдық округтің әкімі ауыл, көше, көппәтерлі тұрғын үй шегінде жергілікті қоғамдастықтың бөлек жиынын шақырады және өткізуді ұйымдастырады.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бөлек жергілікті қоғамдастық жиынын ауылдық округ әкімі шақырады және ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ауылдық округ әкімі бөлек жергілікті қоғамдастық жиындарының шақырылу уақыты, орны және талқыланатын мәселелер туралы бұқаралық ақпарат құралдары, интернет ресурстар, азаматтар көп жиналатын орындардағы хабарландырулар арқылы ол өткізілетін күнге дейін күнтізбелік он күннен кешіктірмей ауылдық округтің тұрғындарын хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ауыл, көше шегінде бөлек жергілікті қоғамдастық жиынын өткізуді ауылдық округ әкімі олардың тұратын жерлері шегінде ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көше шегінде көппәтерлі үйлер болған кезде көппәтерлі үйдің бөлек жиындары жүргізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...15 lines deleted...]
-      Кәмелетке толмағандардың, сот әрекетке қабілетсіз деп таныған адамдардың, сондай-ақ сот үкімі бойынша бас бостандығынан айыру орындарында ұсталатын адамдардың жергілікті қоғамдастықтың бөлек жиынына қатысуына жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бөлек жергілікті қоғамдастық жиынын ашудың алдында "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 39-3-бабының 1-тармағына сәйкес тиісті ауылдың, көшенің қатысып отырған және оған қатысуға құқығы бар тұрғындарын тіркеу жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      Жергілікті қоғамдастықтың бөлек жиыны осы ауылда, көшеде, көппәтерлі үйде тұратын тұрғындардың (жергілікті қоғамдастық мүшелерінің) кемінде он пайызы қатысқан кезде өтті деп есептеледі.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлек жергілікті қоғамдастық жиыны осы ауылда, көшеде тұратын және оған қатысуға құқығы бар тұрғындардың (жергілікті қоғамдастық мүшелерінің) кемінде он пайызы қатысқан кезде өтті деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      8. Жергілікті қоғамдастықтың бөлек жиынын ауылдық округтің әкімі немесе ол уәкілеттік берген тұлға ашады.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бөлек жергілікті қоғамдастық жиынын ауылдық округ әкімі немесе ол уәкілеттік берген тұлға ашады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      Ауылдық округтің әкімі немесе ол уәкілеттік берген тұлға бөлек жергілікті қоғамдастық жиынының төрағасы болып табылады.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылдық округ әкімі немесе ол уәкілеттік берген тұлға бөлек жергілікті қоғамдастық жиынының төрағасы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...15 lines deleted...]
-      Жергілікті қоғамдастықтың бөлек жиынында хаттама жүргізіледі, жергілікті қоғамдастықтың бөлек жиынының хаттамасын ресімдеу үшін ашық дауыс беру арқылы хатшы сайланады.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлек жергілікті қоғамдастық жиынының хаттамасын ресімдеу үшін ашық дауыс беру арқылы хатшы сайланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
-[...15 lines deleted...]
-      9. Жергілікті қоғамдастық жиынына қатысу үшін ауыл, көше, көппәтерлі тұрғын үй тұрғындары өкілдерінің кандидатураларын осы қағидалардың 4- тармағына сәйкес бөлек жергілікті қоғамдастық жиынына қатысушылар ұсынады.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жергілікті қоғамдастық жиынына қатысу үшін ауыл, көше тұрғындары өкілдерінің кандидатуралары бөлек жергілікті қоғамдастық жиынының қатысушылары мен келесі көлемде ұсынылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
-[...15 lines deleted...]
-      10. Дауыс беру ашық тәсілмен әрбір кандидатура бойынша дербес жүргізіледі. Жергілікті қоғамдастықтың бөлек жиынына қатысушылардың ең көп дауысын жинаған кандидаттар сайланды деп есептеледі.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Солтүстік Қазақстан облысы Уәлиханов ауданы Кішкенекөл ауылдық округі Кішкенекөл ауылының бір көшесінен 1 (бір) өкілден;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ауылдық округ аумағында сайлаушылардың жалпы санынан 1 (бір) % (пайыз), Кішкенекөл ауылдық округін қоспағанда, бірақ ауылдан 3 (үш) өкілден көп емес және 1 (бір) өкілден кем емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Дауыс беру ашық тәсілмен әрбір кандидатура бойынша дербес жүргізіледі. Бөлек жергілікті қоғамдастық жиынына қатысушылардың ең көп дауысын алған кандидаттар сайланған болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер жергілікті қоғамдастықтың бөлек жиынында дауыс беру кезінде қатысушылардың дауыстары тең бөлінген жағдайда, бөлек жиынның төрағасы шешуші дауыс құқығын пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Жергілікті қоғамдастықтың бөлек жиынының хаттамасына төраға мен хатшы қол қояды және бөлек жиын өткізілген күннен бастап екі жұмыс күні ішінде жиын хатшысы тіркеу үшін тиісті ауылдық округ әкімінің аппаратына береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жергілікті қоғамдастық жиынында немесе жергілікті қоғамдастық жиналысында хаттама жүргізіледі, онда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жергілікті қоғамдастық жиынының немесе жергілікті қоғамдастық жиналысының өткізілген күні мен орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тиісті аумақта тұратын және жергілікті қоғамдастық жиынына немесе жергілікті қоғамдастық жиналысына қатысуға құқығы бар жергілікті қоғамдастық мүшелерінің жалпы саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қатысушылардың саны және олардың тегі, аты, әкесінің аты (ол болған жағдайда) көрсетілген тізім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жергілікті қоғамдастық жиынының немесе жергілікті қоғамдастық жиналысының төрағасы мен хатшысының тегі, аты, әкесінің аты (ол болған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) күн тәртібі, баяндамалардың мазмұны және қабылданған шешімдер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1584,31 +1664,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>