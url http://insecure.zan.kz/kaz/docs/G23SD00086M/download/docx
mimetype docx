--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ef5fdd1" w14:textId="ef5fdd1">
+    <w:p w14:paraId="dd453a5" w14:textId="dd453a5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,61 +85,99 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 2023 жылғы 30 наурыздағы № 8-6 шешімі</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 2023 жылғы 30 наурыздағы № 8-6 шешімі. Күші жойылды - Солтүстік Қазақстан облысы Ақжар аудандық мәслихатының 2025 жылғы 26 тамыздағы № 31-18 шешімімен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы "Қазақстан Республикасының мемлекеттік қызметі туралы" Заңының 33-бабының 5-тармағына сәйкес, Ақжар аудандық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3860,63 +3900,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4238,35 +4300,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>