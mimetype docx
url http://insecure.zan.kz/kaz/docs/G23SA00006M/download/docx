--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="036f784" w14:textId="036f784">
+    <w:p w14:paraId="7858f4f" w14:textId="7858f4f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -585,545 +585,583 @@
               </w:rPr>
               <w:t>шешімімен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Петропавл қаласы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Петропавл қалалық мәслихатының 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4/28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы "Петропавл қаласы мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" 2015 жылғы 23 қарашадағы Қазақстан Республикасының Заңы 33-бабының 5-тармағына, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2023 жылғы 8 ақпандағы № 34 "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 бұйрығына өзгеріс енгізу туралы" (Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 13 ақпанда № 31890 болып тіркелді) бұйрығына сәйкес әзірленді және "Б" корпусының мемлекеттік әкімшілік қызметшілерінің (бұдан әрі – "Б" корпусының қызметшілері) жұмысын бағалау алгоритмін айқындайды.</w:t>
+      1. Осы "Петропавл қаласы мәслихатының аппараты" КММ "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі (бұдан әрі Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының 33-бабының 5-тармағына "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс – қимыл агенттігі төрағасының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) 2018 жылғы 16 қаңтардағы № 13 бұйрығымен бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесіне (бұдан әрі-үлгілік әдістеме) сәйкес әзірленді және "Петропавл қаласы мәслихатының аппараты" коммуналдық мемлекеттік мекемесінің (бұдан әрі – мәслихат аппараты) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Мемлекеттік мекеменің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесін мемлекеттік органның бірінші басшысы осы Әдістеменің негізінде мемлекеттік мекеменің қызметінің ерекшелігін есепке ала отырып бекітеді.</w:t>
+      2. Осы әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
+      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
+      3) мемлекеттік органның басшысы – Е-2 санатындағы "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) бағалаушы адам – мемлекеттік мекеменің қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) мемлекеттік мекеменің басшысы – Е-2 санатының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) "Б" корпусының қызметшісі – мемлекеттік мекеменің басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+      6) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бағаланатын адам – мемлекеттік мекеменің басшысы немесе "Б" корпусының қызметшісі;</w:t>
+      7) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – мемлекеттік мекеменің басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына, оның ішінде ұлттық жобаларға, "А" корпусы қызметшісінің келісіміне қол жеткізуге немесе мемлекеттік мекеме қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі.</w:t>
+      Мемлекеттік органның бірінші басшысының шешімі бойынша оның тікелей бағынысындағы адамдар осы мемлекеттік органның аппарат басшысымен бағалана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта немесе мемлекеттік мекемеде жұмыс істейтін ақпараттық жүйелерде жүргізіледі.</w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бағалау бағаланатын адамның санатына байланысты НМИ қол жеткізу нәтижелері, саралау және 360 әдістері нәтижелерінің негізінде жүргізіледі.</w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. НМИ қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша – есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      НМИ және саралау бойынша қорытынды баға "Б" корпусы қызметшісінің есепті тоқсандардағы орташа бағасынан құралады.</w:t>
+      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бір айдан кем болған жағдайда, оны бағалау жүргізілмейді. Егер бағаланатын қызметші бағалау жүргізу кезеңінде еңбек немесе әлеуметтік демалыста, еңбекке уақытша қабілетсіздігі кезеңінде, іссапарда, тағылымдамада, қайта даярлауда немесе біліктілігін арттыруда болған жағдайда қызметшіні НМИ қол жеткізу бойынша бағалау жұмысқа шыққаннан кейін бес жұмыс күні ішінде, саралау және/немесе 360 әдістері бойынша бағалау оның қатысуынсыз 5-тармақта белгіленген мерзімдерде жүргізіледі.</w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Бағалау мерзімі аяқталғанға дейін мемлекеттік мекемеден жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 5-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
+      6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 5-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін тиімді атқарады",</w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін тиісті түрде атқарады",</w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады",</w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
@@ -1139,2166 +1177,794 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. НМИ қол жеткізу нәтижелері мен саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
+      8. Бағалауды ұйымдастырушылық сүйемелдеуді лауазымдық міндеттеріне кадр жұмысын жүргізу, оның ішінде ақпараттық жүйе арқылы кіретін құрылымдық бөлімшенің басшысы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. 360 әдісі бойынша бағалау нәтижелері қызметшіні оқыту бойынша шешімдер қабылдау үшін негіз болып табылады.</w:t>
+      9. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі не ол болмаған жағдайда - лауазымдық міндеттеріне Петропавл қаласы мәслихаты аппаратының кадр жұмысын жүргізу кіретін құрылымдық бөлімшесінің басшысы (кадр қызметі) (бұдан әрі-ҚБ басшысы), оның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте ҚБ басшысы ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам бекітетін бағалау кестесін құрастырады.</w:t>
+      10. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. ҚБ басшысы бағаланатын қызметшіні бағалау нәтижелерімен ол аяқталған соң екі жұмыс күні ішінде ақпараттық жүйе және/немесе мемлекеттік мекеменің интранет-порталы немесе электрондық құжат айналымы жүйесі арқылы таныстыруды қамтамасыз етеді.</w:t>
+      11. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      12. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде персоналды басқару қызметінде және ақпараттық жүйеде сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Мемлекеттік қызметші калибрлеу сессиясның шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
+      13. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде ҚБ басшысында, сондай-ақ техникалық мүмкіндік болған кезде ақпараттық жүйеде сақталады.</w:t>
+      14. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен құрылымдық бөлімшенің басшысықарастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік мекеме осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+      15. Құрылымдық бөлімшенің басшысы мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен бағалаушы адам қарастырады.</w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Бағалаушы адам мыналарға жауапты болады:</w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) мемлекеттік мекеменің стратегиялық мақсаттары, мемлекеттік мекеменің жұмысының есептік кезеңдегі жалпы нәтижесі жөнінде бағаланушы адамдардың назарына жеткізу;</w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) НМИ уақытылы қоюды, келісу мен бекітуді қамтамасыз ету;</w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) бағаланатын кезең ішінде НМИ орындау деңгейіне тұрақты мониторинг жүргізу және оларға қызметінің қорытынды бағасы мен конструктивті кері байланысты ұсыну; бағаланатын адамдардың функционалдық міндеттерін орындау дәрежесіне бағаланатын кезеңде тұрақты мониторинг жүргізу және оларға қызметкердің қызметінің қорытынды бағасы және конструктивті кері байланысты ұсыну;</w:t>
+      2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) бағалау процесінде бағаланатын адамдарды бағалау бойынша даулы мәселелерді, олар туындаған жағдайда, калибрлік сессияларға және оларды шешуге қатысу.</w:t>
+      16. Е-2 санатындағы "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен осы әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Бағаланатын адам мыналарға жауапты болады:</w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау мемлекеттік органның басшысымен осы әдістеменің 1-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) олардың НМИ/қойылған міндеттерді орындау дәрежесіне жүйелі мониторинг жүргізу;</w:t>
+      Өзге тұлғаларды бағалау мемлекеттік органның басшысымен осы Үлгілік әдістеменің 2-қосымшасына сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z57" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) 360 әдісі бойынша оның қызметін бағалау шеңберінде уақтылы өзін-өзі бағалауды жүргізу;</w:t>
+      17. Бағалаушы адамға бағалау парағы құрылымдық бөлімшесінің басшысымен ақпараттық жүйе арқылы жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z58" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z59" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. ҚБ басшысы мыналарға жауапты болады:</w:t>
+      3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z60" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+      18. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы әдістеменің 10-тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z61" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) НМИ уақтылы талдау мен келісу;</w:t>
+      19. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z62" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қажет болған жағдайда басшы мен қызметкердің кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z63" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z64" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы тұлғалар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ лауазымдық міндеттеріне кадр жұмысын жүргізу кіретін құрылымдық бөлімшенің басшысы енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, ҚБ басшысына және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
+      20. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы әдістеменің 10-тармағында көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z66" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік мекеме басшысын НМИ қол жеткізуі бойынша бағалау тәртібі.</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Құрылымдық бөлімшенің басшысы калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Мемлекеттік мекеме басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
+      22. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. НМИ-ды бағалаушы адаммен стратегиялық жоспарлау мәселесін үйлестіретін құрылымдық бөлімшенің (бар болған жағдайда), сондай-ақ ҚБ басшысы келісімімен осы Әдістеменің 1-қосымшасына сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын мемлекеттік мекеме басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z69" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z70" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде ҚБ басшысы (кадр қызметі) жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
+      Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z71" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер қызметшінің тағайындалған күнінен бастап бағалау кезеңінің соңына дейінгі мерзім үш айдан аз болса, аталған қызметшіге НМИ белгіленбейді.</w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Құрылымдық бөлімшенің басшысы хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z72" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік мекеме басшысының НМИ қол жеткізуін бағалауды бағалаушы адам 5-тармақта белгіленген мерзімдерде жүргізеді.</w:t>
+      23. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z73" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, мәліметтердің шынайылығын қамтамасыз ету мақсатында ҚБ басшысы НМИ-дің нақты мәндеріне алдын ала есептеу жүргізеді және оны осы Әдістеменің</w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z74" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-тармағына сәйкес бағалау мерзімінің соңғы күніне дейінгі бес жұмыс күннен кешіктірмейтін мерзімде ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) бағалаушы адамға жолдайды.</w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z75" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. НМИ үштен беске дейінгі мөлшерде белгіленеді және бағаланатын кезеңнің соңына дейін бағаланатын адам қызметінің күтілетін нақты нәтижелерін көрсетуі тиіс.</w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z76" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. НМИ мақсатқа қол жеткізу өлшемінің сандық және сапалық индикаторларынан тұруы тиіс және:</w:t>
+      қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z77" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) нақты (күтілетін оң өзгерістер көрсетіле отырып қол жеткізуге тиісті нәтиже анық белгіленеді);</w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
-[...1372 lines deleted...]
-    <w:bookmarkEnd w:id="138"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3332,51 +1998,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Б" корпусы мемлекеттік</w:t>
+              <w:t>"Петропавл қаласы мәслихатының</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3397,51 +2063,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімшілік қызметшілерінің</w:t>
+              <w:t>аппараты" КММ "Б" корпусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3462,51 +2128,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметін бағалаудың үлгілік</w:t>
+              <w:t>мемлекеттік әкімшілік қызметшілерінің</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3527,51 +2193,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әдістемесіне</w:t>
+              <w:t>қызметін бағалаудың әдістемесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3597,7258 +2263,291 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...128 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z154" w:id="139"/>
-[...7075 lines deleted...]
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z90" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z91" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z92" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z93" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -10898,201 +2597,197 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Критерийлер</w:t>
+Бағалау (0-ден* 5 баллға дейін)Бағалау (0-ден* 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау (1-ден 5 баллға дейін)</w:t>
+Түсініктеме (қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негіздеме</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.Функционалдық міндеттерді орындау сапасы*</w:t>
+1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11106,134 +2801,134 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау; - осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11247,134 +2942,134 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - орындаудың жеделдігі; - осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Дербестік және бастамашылық.</w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11388,134 +3083,134 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - команданы басқаруды және командалық нәтиже үшін жауапкершілікті өз мойнына ала білу; - мақсаттар мен міндеттерді нақты белгілей білу; - жеке мысал арқылы тиімді қарым-қатынас және оң командалық климат құру арқылы команданы ынталандыру мүмкіндігі; - белгісіздік жағдайында тиімді әрекет ете білу; - ықтимал тәуекелдерді ескере отырып, міндеттерді шешудің бірнеше нұсқаларын ұсына білу; - осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Еңбек тәртібін сақтау</w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11529,247 +3224,483 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - кешігудің болмауы; - себепсіз жұмыстан мерзімінен бұрын шығудың болмауы; - қызметтік әдеп бұзушылықтардың болмауы; - ақпараттық қауіпсіздік талаптарын сақтау; - мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау; - мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.Есепке алынады: - кешігудің болмауы; - себепсіз жұмыстан мерзімінен бұрын шығудың болмауы; - қызметтік әдеп бұзушылықтардың болмауы; - ақпараттық қауіпсіздік талаптарын сақтау; - мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау; - мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тәртіптік жазалардың болмауы5. Тәртіптік жазалардың болмауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. Тәртіптік жаза болған жағдайда: - ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек; - жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z183" w:id="150"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z185" w:id="152"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z98" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z99" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z100" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңба арқылы куәләндырылған)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z101" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11868,51 +3799,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аппараты" КММ "Б"</w:t>
+              <w:t>аппараты" КММ " Б" корпусы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11933,51 +3864,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>корпусы мемлекеттік әкімшілік қызметшілерінің</w:t>
+              <w:t>мемлекеттік әкімшілік қызметшілерінің</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11998,51 +3929,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметін бағалаудың үлгілік әдістемесіне</w:t>
+              <w:t>қызметін бағалаудың әдістемесіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12063,181 +3994,296 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
-[...64 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="154"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z107" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z108" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z109" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z110" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z111" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z112" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z113" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z114" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z115" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі - бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z116" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z117" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z118" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12251,12582 +4297,1232 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/р</w:t>
+Параметрлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құзыреттердің атауы</w:t>
+Бағалау (0-ден* 5 баллға дейін)Бағалау (0-ден* 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құзыреттер бойынша сұрақтар</w:t>
+Түсініктеме (қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жауаптар</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...72 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стратегиялық мақсаттарға сәйкес нақты міндеттер қояды және тапсырмалар береді</w:t>
+1. Функционалдық міндеттерді орындау сапасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның әдістемесіне сәйкес өзге де кемшіліктердің болмауы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басымдық бере отырып, бөлімшенің жұмысын тиімді ұйымдастырады</w:t>
+2. Міндеттерді орындау мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...119 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жанжалдарды ортақ іс үшін пайдамен шеше алады, бұл ретте өз көзқарасын дәлелді жеткізеді және әріптестерінің пікірін ескереді</w:t>
+3. Дербестік және бастамашылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - қызметшінің функционалдық міндеттерін жоғары деңгейде дербес орындай алуы; - жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық; - жетекшілік ететін міндеттерді шешуге қатысу және белсенділігі; - осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...114 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әдеп кодексіне сәйкес барлық жағдайларда әдеп мінез-құлық ережелерін қатаң сақтайды</w:t>
+4. Еңбек тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алынады: - кешігудің болмауы; - себепсіз жұмыстан мерзімінен бұрын шығудың болмауы; - қызметтік әдеп бұзушылықтардың болмауы; - ақпараттық қауіпсіздік талаптарын сақтау; - мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау; - мемлекеттік органның регламентің сақталуы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Күйзелістік жағдайда өзін ұстай алады, шешім іздейді және табады</w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...119 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі. Тәртіптік жаза болған жағдайда: - ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек; - жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзгерген жағдайға сәйкес өз әрекеттерінің тактикасын бейімдейді, сәтсіздіктің себептерін талдайды және тәсілдерді немесе стратегияны өзгертеді</w:t>
+Орташа қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3136 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="157"/>
-[...7718 lines deleted...]
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z119" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z120" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z121" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z122" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z123" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z124" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңба арқылы куәләндырылған)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z125" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>