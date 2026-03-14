--- v0 (2025-11-04)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="38b22af" w14:textId="38b22af">
+    <w:p w14:paraId="6695a93" w14:textId="6695a93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы лауазымды адамдарының жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауының регламентін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 2023 жылғы 28 сәуірдегі № 83 бұйрығы. Күші жойылды - Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 2026 жылғы 21 қаңтардағы № 11 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды – ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Орталық мемлекеттік органдардың және облыстардың, республикалық маңызы бар қалалардың, астананың әкімдері аппараттарының лауазымды адамдарының жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауының үлгілік регламентін бекіту, "Облыстардың, республикалық маңызы бар қалалардың және астананың әкімдері аппараттарының лауазымды адамдарының жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауының үлгілік регламенті мен Облыстардың, республикалық маңызы бар қалалардың және астананың әкімдері аппараттарының өтініштерді қарауды бақылау бөлімдері туралы үлгілік ережені бекіту туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 8 қыркүйектегі № 560 қаулысына өзгерістер енгізу және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 15 наурыздағы № 214 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1995,63 +2073,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2373,35 +2473,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>