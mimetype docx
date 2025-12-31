--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aa10df6" w14:textId="aa10df6">
+    <w:p w14:paraId="b1fa6af" w14:textId="b1fa6af">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -480,3309 +480,1526 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 10 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 106 бұйрығымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілді</w:t>
+              <w:t>№ 106 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық экономика министрлігінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық экономика министрлігінің  "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Әдістемесі жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 281</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасы Ұлттық экономика министрлігінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының 33-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасы Ұлттық экономика министрлігінің (бұдан әрі – Министрлік), оның ішінде ведомство мен оның аумақтық бөлімшелерінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау тәртібін айқындайды.</w:t>
+      1. Осы Қазақстан Республикасы Ұлттық экономика министрлігінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тармағына сәйкес әзірленді және Қазақстан Республикасы Ұлттық экономика министрлігінің (бұдан әрі – Министрлік), оның ішінде ведомстволар және аумақтық бөлімшелердің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметкерлердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құрылымдық бөлімшенің/мемлекеттік органның басшысы – C-1 (ведомство төрағасының орынбасары, департамент директоры), C-O-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ведомство – Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу комитеті және Арнайы бағдарламалар комитеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кезең-кезеңімен кездесулері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Министрліктің, ведомстволардың және аумақтық бөлімшелердің "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын айқындау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйесі (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам болмаған жағдайда бағалауды оны алмастырушы адам жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарды бағалауды қабылдаушы мемлекеттік орган іссапарда болу кезеңі үшін жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрдің шешімі бойынша оған тікелей бағынысты адамдарды Министрліктің аппарат басшысы бағалай алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалайтын адамдардың кезеңмен кездесулері; </w:t>
-[...91 lines deleted...]
-    </w:p>
+      6. Бағалау кезеңі аяқталғанға дейін Министрліктен, ведомстволардан және аумақтық бөлімшелерден жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 4-тармақта белгіленген мерзімде жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Бағалау нәтижелері мынадай градация бойынша қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Функционалдық міндеттерін атқаруы тиімді", </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Функционалдық міндеттерін атқаруы тиісінше", </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Функционалдық міндеттерін атқаруы қанағаттанарлық", </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Функционалдық міндеттерін атқаруы қанағаттанарлықсыз" (қанағаттанарлықсыз бағалау). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін атқаруы тиімді" нәтижесіне 4-тен 5 балға дейінгі, "Функционалдық міндеттерін атқаруы тиісінше" нәтижесіне 3-тен 3,99 балға дейінгі, "Функционалдық міндеттерін атқаруы қанағаттанарлық" нәтижесіне 2-ден 2,99 балға дейінгі, "Функционалдық міндеттерін атқаруы қанағаттанарлықсыз" нәтижесіне 0-ден 1,99 балға дейінгі бағалаулар ауқымы сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бағалауды ұйымдастырушылық сүйемелдеуді персоналды басқару қызметі не ол болмаған жағдайда персоналды басқару қызметінің (кадр қызметі) (бұдан әрі – персоналды басқару қызметі) міндеттерін атқару жүктелген құрылымдық бөлімше (адам), оның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағалау нәтижелерімен келіспеген жағдайда қызметші бағалау нәтижелерін алған күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексімен белгіленген тәртіпте шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде персоналды басқару қызметінде, сондай-ақ техникалық мүмкіндік болған кезде ақпараттық жүйеде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Бағалау нәтижелері құпия ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ Министрлік "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бағалау рәсіміне байланысты келіспеушіліктерді мүдделі адамдар мен тараптардың қатысуымен персоналды басқару қызметі қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Персоналды басқару қызметінің басшылары мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысуды, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр жұмыскерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезең ішінде қызметті бағалау шеңберінде қажетті құжаттарды толтырудың толықтығы мен уақтылы орындалуын, жұмыскерлердің қызметіне бағалау жүргізу шеңберінде жұмыскерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="9"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік  қызметшілерін бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Министрліктің, ведомствоның және оның аумақтық бөлімшелерінің "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын айқындау үшін персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз жеткізгіштерде не Министрлікте, ведомствода және оның аумақтық бөлімшелерінде жұмыс істейтін ақпараттық жүйелерде жүргізіледі.   </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+      16. Министрліктің, оның ведомстволарының және аумақтық бөлімшелерінің С-1 (Министрліктің ведомство төрағасының орынбасары, департамент директоры), C-O-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалауды тікелей басшы, сондай-ақ басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалауды құрылымдық бөлімшенің/Министрліктің /ведомстволардың басшысы басшы лауазымды атқаратын адамның бағалау парағының нысаны бойынша осы Әдістемеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бағалау бағаланатын адамның санатына байланысты ТНИ-ге қол жеткізу нәтижелері негізінде, саралау және 360 әдістерімен жүргізіледі. </w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="11"/>
+      Министрліктің, оның ведомстволарының және аумақтық бөлімшелерінің С-1 (Министрліктің ведомство төрағасының орынбасарын, департамент директорын қоспағанда) санатының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалауды тікелей басшы, сондай-ақ "Б" корпусының өзге де мемлекеттік әкімшілік қызметшілерін бағалауды құрылымдық бөлімшенің/ Министрліктің/ведомстволардың басшысы осы Әдістемеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес басшы лауазымды атқармайтын адамның бағалау парағының нысаны бойынша жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Персоналды басқару қызметі бағалаушы адамға бағалау парағын ақпараттық жүйе арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам 0-ден 5-ке дейінгі баға қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бір айдан кем болған жағдайда, оны бағалау жүргізілмейді. Егер бағаланатын қызметші бағалау жүргізу кезеңінде еңбек немесе әлеуметтік демалыста, еңбекке уақытша қабілетсіздігі кезеңінде, іссапарда, тағылымдамада, қайта даярлауда немесе біліктілігін арттыруда болса, қызметшіні ТНИ-ге қол жеткізу бойынша бағалау, саралау және/немесе 360 әдістері бойынша бағалау оның қатысуынсыз осы Әдістеменің </w:t>
-[...1477 lines deleted...]
-      28. "Б" корпусының қызметшілерін бағалау саралау әдісі бойынша жүзеге асырылады.      </w:t>
+      18. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z68" w:id="54"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша Министрлікте жұмыс істейтін ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) жүзеге асырады. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз жеткізгіштерде жүргізіледі.      </w:t>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші келіп түскен уақыттан бастап үш жұмыс күні ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z69" w:id="55"/>
-[...15 lines deleted...]
-      30. Ақпараттық жүйе не ол болмаған жағдайда персоналды басқару қызметі "Б" корпусының қызметшісін оған қатысты бағалау жүргізілетіні туралы есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірмей хабардар етеді.      </w:t>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру комиссиясының мүшелері мен тексеру комиссиясының төрағасы үшін калибрлеу сессиясын өткізу және оның құрамын бекіту маслихат шешімінің негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z70" w:id="56"/>
-[...15 lines deleted...]
-      31. Бағалау парағы ақпараттық жүйе не ол болмаған жағдайда персоналды басқару қызметі арқылы қарау үшін бағалайтын адамға жолданады.       </w:t>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:p>
-[...71 lines deleted...]
-      32. "Б" корпусы қызметшілерін бағалау олардың функционалдық міндеттерін орындау кезінде қол жеткізген нәтижелерінің деңгейін, сондай-ақ бағаланатын кезеңде орындалатын жұмыстың көлемі мен күрделілігі ескеріле отырып мынадай:      </w:t>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:p>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. 360 әдісі бойынша бағалау</w:t>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ персоналды басқару қызметінің (кадр қызметінің) жұмыскері не персоналды басқару қызметінің (кадр қызметінің) міндеттерін орындау жүктелген адам кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z73" w:id="59"/>
-[...15 lines deleted...]
-      33. 360 әдісі бойынша бағалау жылына бір рет анонимді түрде ақпараттық жүйеде жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз жеткізгіште жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Калибрлеу сессиясы қызметші жүгінген уақыттан бастап он жұмыс күн ішінде осы Әдістеменің 10-тармағында көзделген тәртіпте өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:p>
-[...73 lines deleted...]
-      34. 360 әдісімен бағаланатын адамдардың санаттарына байланысты мынадай құзыреттер бағаланады:</w:t>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21.Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:p>
-[...411 lines deleted...]
-      35. Сұрау салуға қатысатын адамдардың саны үш адамнан кем және жеті адамнан артық болмауға тиіс, оларды ақпараттық жүйе немесе ол болмаған жағдайда персоналды басқару қызметі әрбір бағаланатын адам үшін дербес айқындайды. </w:t>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:p>
-[...51 lines deleted...]
-      1) тікелей басшы;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаланатын адам бағалаумен келіспеген жағдайда калибрлеу сессиясының мүшелеріне өзінің келіспейтінін жазбаша немесе ауызша нысанда дәлелдейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z77" w:id="63"/>
-[...15 lines deleted...]
-      2) бағаланатын адамға тікелей бағынатын "Б" корпусының қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының мүшелері қажет болса бағалаушы адамның бағасын қолдайды не бағалауға түзетулер енгізу үшін дәлелдер келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z78" w:id="64"/>
-[...15 lines deleted...]
-      3) бағаланатын адаммен лауазымы бойынша бір деңгейде және онымен өзара тығыз іс-қимыл жасайтын адамдар қосылады.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды түзету жоғарылату жағына да, төмендету жағына да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z79" w:id="65"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысандар бойынша кері байланыс ұсынуды ұйымдастырады. Біліктілікті арттыру семинарларының тақырыптары мен қайта даярлау курстарының пәндерін қалыптастыру кезінде персоналды басқару қызметі 360 әдісінің бағалау нәтижелерін, оның ішінде қызметшінің ең аз байқалған құзыреттерін ескереді. </w:t>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z80" w:id="66"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну</w:t>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z81" w:id="67"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> көзделген тәртіпте калибрлеу сессияларын өткізеді.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z82" w:id="68"/>
-[...15 lines deleted...]
-      38. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен күннен бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды және оның құрамын бекітеді.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z83" w:id="69"/>
-[...15 lines deleted...]
-      39. Калибрлеу сессиясы қызметшінің жүгінген күнінен бастап он жұмыс күн ішінде осы Әдістеменің 12-тармағында көзделген тәртіппен өткізіледі.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z84" w:id="70"/>
-[...15 lines deleted...]
-      40. Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады. </w:t>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жұмыскердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z85" w:id="71"/>
-[...15 lines deleted...]
-      41. Калибрлеу сессиясында бағалайтын адам бағаланатын адамның жұмысын қысқаша сипаттайды және өзінің бағалауына дәлел келтіреді. </w:t>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:p>
-[...218 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3816,64 +2033,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық экономика министрлігінің</w:t>
+              <w:t>Ұлттық экономика министрлігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Б" корпусы мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3887,5803 +2104,328 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметін бағалау әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...173 lines deleted...]
-    <w:bookmarkStart w:name="z88" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құрылымдық бөлімше басшысының</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">жеке жұмыс жоспары ___________ жыл </w:t>
+        <w:t xml:space="preserve"> Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып, лауазымы)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:p>
-[...1536 lines deleted...]
-        <w:t xml:space="preserve"> Түйінді нысаналы индикаторлар бойынша бағалау парағы</w:t>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:p>
-[...1365 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын кезең) __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып, лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бағалау нәтижесі: _________________ </w:t>
-[...19 lines deleted...]
-    </w:p>
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қызметшіге бағалау нәтижесі қорытынды бағалаудың негізінде қойылады </w:t>
-[...2570 lines deleted...]
-    </w:p>
+      бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ұсынамыз. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9697,277 +2439,253 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Параметрлер</w:t>
+Параметрлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+Бағалау (0-ден* 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...24 lines deleted...]
-              <w:t>Бағалау (1-ден 5 балға дейін)</w:t>
+          <w:bookmarkStart w:name="z94" w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсініктеме</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Түсініктеме</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Функционалдық міндеттерді орындау сапасы*</w:t>
+1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9975,140 +2693,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z95" w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның бағалау әдістемесінде айқындалған өзге де фактілердің болмауы есепке алынады.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10116,140 +2882,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z97" w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- орындаудың жеделдігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылуының болмауы немесе осы параметр бойынша мемлекеттік органның бағалау әдістемесінде айқындалған өзге де фактілер есепке алынады.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Дербестік және бастамашылық</w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10257,140 +3071,300 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z99" w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- команданы басқаруды және командалық нәтиже үшін жауапкершілікті өз мойнына ала білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мақсаттар мен міндеттерді нақты белгілей білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жеке мысалы, тиімді қарым-қатынас арқылы команданы ынталандыра білу және оң командалық климат құру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- белгісіздік жағдайында тиімді әрекет ете білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ықтимал тәуекелдерді ескере отырып, міндеттерді шешудің бірнеше нұсқаларын ұсына білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның бағалау әдістемесінде айқындалған өзге де фактілер есепке алынады.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Еңбек тәртібін сақтау</w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10398,103 +3372,267 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z105" w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дәлелді себептерсіз уақытынан бұрын жұмыстан кетпеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызмет әдебін бұзудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ақпараттық қауіпсіздік талаптарын сақтауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мемлекеттік органның регламентін сақтауы немесе осы параметр бойынша мемлекеттік органның бағалау әдістемесінде айқындалған өзге де фактілер есепке алынады.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орташа қорытынды бағалау</w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10535,139 +3673,424 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z111" w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z115" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z116" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z117" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z118" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z119" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңба арқылы куәләндырылған)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z120" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Күні _________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10701,64 +4124,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық экономика министрлігінің</w:t>
+              <w:t>Ұлттық экономика министрлігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Б" корпусы мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10766,437 +4189,314 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметін бағалау әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...147 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="78"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құрылымдық бөлімшелер басшыларын 360 әдісімен бағалау парағы</w:t>
-[...109 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын адамның Т.А.Ә., мемлекеттік органды көрсете отырып, лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағаланатын кезең)________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Бағалайтын қызметшінің Т.А.Ә., мемлекеттік органды көрсете отырып, лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z129" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі –</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z130" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жауаптар бағанында жауаптың ұсынылған нұсқаларының бірін көрсету қажет (құзырет байқалмайды, құзырет сирек байқалады, құзырет жағдайлардың жартысында байқалады; құзырет көп жағдайда байқалады; құзырет әрқашан байқалады). </w:t>
-[...73 lines deleted...]
-    </w:p>
+      бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z132" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z133" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z134" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрысты ғын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -11210,13280 +4510,1534 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Р/с № </w:t>
+Параметрлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Құзыреттердің атауы</w:t>
+Бағалау (0*-ден 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...24 lines deleted...]
-              <w:t>Құзыреттер бойынша сұрақтар</w:t>
+          <w:bookmarkStart w:name="z135" w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түсініктеме</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(қалау бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9004 lines deleted...]
-              <w:t>Тор</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1. Функционалдық міндеттерді орындау сапасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізделген ескертулердің, қайтарулардың, шағымдардың немесе осы параметр бойынша мемлекеттік органның бағалау әдістемесінде көзделген өзге де кемшіліктердің болмауы есепке алынады.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2. Міндеттерді орындау мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылуының болмауы немесе осы параметр бойынша мемлекеттік органның бағалау әдістемесінде айқындалған өзге де фактілер есепке алынады.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3. Дербестік және бастамашылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z136" w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- функционалдық міндеттерін жоғары деңгейде дербес орындай алуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жетекшілік ететін міндеттерді шешуге қатысуы және белсенділігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның бағалау әдістемесінде көзделген өзге де фактілер есепке алынады.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4. Еңбек тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z140" w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дәлелді себептерсіз уақытынан бұрын жұмыстан кетпеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- қызмет әдебін бұзудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ақпараттық қауіпсіздік талаптарын сақтауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік органның регламентің сақтауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- осы параметр бойынша мемлекеттік органның бағалау әдістемесінде көзделген өзге де фактілер есепке алынады.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z147" w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жаза ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ескерту, сөгіс, қатаң сөгіс үшін баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- жазаның өзге де түрлері түрінде, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+Орташа қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...16 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...701 lines deleted...]
-          <w:p/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...2595 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z151" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z152" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z153" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z154" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z155" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңба арқылы куәләндырылған)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z156" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -24521,55 +6075,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -24895,31 +6449,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>