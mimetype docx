--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="22149f0" w14:textId="22149f0">
+    <w:p w14:paraId="3e71ec9" w14:textId="3e71ec9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -471,116 +471,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қостанай</w:t>
-[...64 lines deleted...]
-              <w:t>облыстық мәслихатының</w:t>
+              <w:t>Қостанай облыстық мәслихатының</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -737,3370 +672,1781 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="4"/>
+    <w:bookmarkStart w:name="z17" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қостанай облыстық мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Әдістеме жаңа редакцияда - Қостанай облысы мәслихатының 11.08.2023 </w:t>
+      Ескерту. Әдістеме жаңа редакцияда  - Қостанай облысы мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 46</w:t>
+        <w:t>№ 255</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:bookmarkStart w:name="z19" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Қостанай облыстық мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      1. Осы "Қостанай облыстық мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тармағына және Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың </w:t>
+        <w:t xml:space="preserve"> 5-тармағына және "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен бекітілген "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>үлгілік әдістемесіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі – Үлгілік әдістеме) сәйкес әзірленді (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) және "Қостанай облыстық мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) (бұдан әрі - Үлгілік әдістеме) және "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z22" w:id="7"/>
+    <w:bookmarkStart w:name="z20" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z23" w:id="8"/>
-[...15 lines deleted...]
-      1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z24" w:id="9"/>
-[...15 lines deleted...]
-      2) тікелей басшы – мемлекеттік лауазым бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z25" w:id="10"/>
-[...15 lines deleted...]
-      3) бағалаушы тұлға – мемлекеттік орган қызметінің ерекшелігіне байланысты тікелей басшы және/немесе жоғары тұрған басшы, сондай-ақ 360 әдісімен бағалау кезінде бағаланатын адамның жұмыс ортасындағы адамдар тобы;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құрылымдық бөлімшенің/мемлекеттік органның басшысы – D-1, D-3 (құрылымдық бөлімше басшысы) санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z26" w:id="11"/>
-[...15 lines deleted...]
-      4) құрылымдық бөлімшенің/мемлекеттік органның басшысы – D-1, D-3 (құрылымдық бөлімшелердің басшылары) санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағалаушы адам – тікелей басшы және/немесе құрылымдық бөлімшенің/мемлекеттік органның басшысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z27" w:id="12"/>
-[...15 lines deleted...]
-      5) "Б" корпусының қызметшісі – құрылымдық бөлімшенің/мемлекеттік органның басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z28" w:id="13"/>
-[...15 lines deleted...]
-      6) бағаланатын адам – құрылымдық бөлімшенің/мемлекеттік органның басшысы немесе "Б" корпусының қызметшісі;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін лауазымды адамдардың кездесулері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z29" w:id="14"/>
-[...15 lines deleted...]
-      7) нысаналы мақсатты индикаторлар (бұдан әрі – НМИ) – құрылымдық бөлімшенің/ мемлекеттік органның басшысы үшін белгіленетін және мемлекеттік жоспарлау жүйесінің құжаттарына қол жеткізуге немесе мемлекеттік орган қызметінің тиімділігін арттыруға бағытталған көрсеткіштер;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z30" w:id="15"/>
-[...15 lines deleted...]
-      8) саралау әдісі – "Б" корпусы қызметшілерінің қызметін бағалау олардың функционалдық міндеттерді орындау сапасы, міндеттерді орындау мерзімдерін сақтау, бастамашылдық және дербестік, еңбек тәртібін сақтау, атқарылған жұмыстың көлемі мен күрделігі – бағалау параметрлеріне сәйкестік дәрежесін ескере отырып анықталатын бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z31" w:id="16"/>
-[...15 lines deleted...]
-      9) 360 әдісі – бағаланатын адамның жұмыс ортасынан адамдар тобын сұрау арқылы бағаланатын адамда талап етілетін құзыреттердің болуын анықтауға бағытталған бағалау әдісі;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы мемлекеттік әкімшілік қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z32" w:id="17"/>
-[...15 lines deleted...]
-      10) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылау, ықтимал түзету және бекіту үшін бағалаушы адамдардың кездесулері;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z33" w:id="18"/>
-[...15 lines deleted...]
-      11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органның бірінші басшысының шешімі бойынша оның тікелей бағынысындағы адамдар осы мемлекеттік органның аппарат басшысымен бағалана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бағаланатын кезең қызметшінің нақты жұмыс істеген кемінде он бес жұмыс күнін қамтуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 5-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бағалауды ұйымдастырушылық сүйемелдеуді, персоналды басқару қызметінің міндеттерін атқару жүктелген тұлғаға (кадр қызметі) (бұдан әрі – персоналды басқару қызметі), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде, таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодекспен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіпте шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде персоналды басқару қызметінде және ақпараттық жүйеде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Бағалау нәтижелері жасырын ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен персоналды басқару қызметі қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Персоналды басқару қызметі қамтамасыз етеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...162 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="24"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бір айдан кем болған жағдайда, оны бағалау жүргізілмейді. Егер бағаланатын қызметші бағалау жүргізу кезеңінде еңбек немесе әлеуметтік демалыста, еңбекке уақытша қабілетсіздігі кезеңінде, іссапарда, тағылымдамада, қайта даярлауда немесе біліктілігін арттыруда болған жағдайда қызметшіні НМИ қол жеткізу бойынша бағалау, саралау және/немесе 360 әдістері бойынша бағалау оның қатысуынсыз осы әдістеменің </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="25"/>
+      16. D-1, D-3 (құрылымдық бөлімшенің басшысы) санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен Үлгілік әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз осы Әдістеменің </w:t>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="33"/>
+      Осы тармақтың бірінші бөлігінде көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен Үлгілік әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы Әдістеменің </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="35"/>
+      D-3 санаттарының (құрылымдық бөлімшенің басшысын қоспағанда) "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тікелей басшымен Үлгілік әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="37"/>
+      Өзге де "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау құрылымдық бөлімшенің/мемлекеттік органның басшысымен Үлгілік әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бағалаушы адамға бағалау парағы персоналды басқару қызметімен ақпараттық жүйе арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адаммен 0-ден 5-ке дейінгі баға қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
-[...359 lines deleted...]
-      20. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, персоналды басқару қызметінің басшысына және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
+      18. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z72" w:id="55"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Құрылымдық бөлімшенің/мемлекеттік органның басшысын НМИ қол жеткізуі бойынша бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z73" w:id="56"/>
-[...15 lines deleted...]
-      21. Құрылымдық бөлімше/мемлекеттік орган басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z74" w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ персоналды басқару қызметінің (кадр қызметінің) қызметкері не персоналды басқару қызметінің (кадр қызметінің) міндеттерін орындау жүктелген адам кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22. НМИ-ды бағалаушы адаммен персоналды басқару қызметінің келісімімен Үлгілік Әдістеменің </w:t>
-[...59 lines deleted...]
-      Бұл ретте, НМИ белгіленген (бекітілген) күннен бастап бес жұмыс күні ішінде персоналды басқару қызметі жеке жұмыс жоспарының ақпараттық жүйеде (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
+      20. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z77" w:id="60"/>
-[...15 lines deleted...]
-      Егер қызметшінің тағайындалған күнінен бастап бағалау кезеңінің соңына дейінгі мерзім үш айдан аз болса, аталған қызметшіге НМИ белгіленбейді.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Персоналды басқару қызметі калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z78" w:id="61"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген мерзімдерде жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z79" w:id="62"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес бағалау мерзімінің соңғы күніне дейінгі бес жұмыс күннен кешіктірмейтін мерзімде ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) бағалаушы адамға жолдайды.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z80" w:id="63"/>
-[...15 lines deleted...]
-      23. НМИ үштен беске дейінгі мөлшерде белгіленеді және бағаланатын кезеңнің соңына дейін бағаланатын адам қызметінің күтілетін нақты нәтижелерін көрсетуі тиіс.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z81" w:id="64"/>
-[...15 lines deleted...]
-      24. НМИ мақсатқа қол жеткізу өлшемінің сандық және сапалық индикаторларынан тұруы тиіс және:</w:t>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды түзетулер жоғарылату жағынан да, төмендету жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z82" w:id="65"/>
-[...15 lines deleted...]
-      1) нақты (күтілетін оң өзгерістер көрсетіле отырып қол жеткізуге тиісті нәтиже анық белгіленеді);</w:t>
+    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Персоналды басқару қызметі хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z83" w:id="66"/>
-[...15 lines deleted...]
-      2) өлшемді (НМИ жетістіктерін өлшеу үшін нақты өлшемшарттар белгіленеді);</w:t>
+    <w:bookmarkStart w:name="z79" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z84" w:id="67"/>
-[...15 lines deleted...]
-      3) қолжетімді (НМИ қолда бар ресурстарды, құзыреттер мен шектеулерді ескере отырып белгіленеді);</w:t>
+    <w:bookmarkStart w:name="z80" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z85" w:id="68"/>
-[...15 lines deleted...]
-      4) уақытпен шектеулі (бағаланатын кезең ішінде НМИ қол жеткізу мерзімі белгіленеді) болуы;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z86" w:id="69"/>
-[...15 lines deleted...]
-      5) мемлекеттік жоспарлау жүйесінің құжаттарын, оның ішінде ұлттық жобаларды іске асыруға не мемлекеттік орган қызметінің тиімділігін арттыруға бағдарланған болуы тиіс.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z87" w:id="70"/>
-[...15 lines deleted...]
-      25. НМИ-ға өзгерістер енгізу НМИ-ға қол жеткізуге тікелей әсер ететін мемлекеттік органның функциялары мен құрылымы өзгерген жағдайда жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z88" w:id="71"/>
-[...15 lines deleted...]
-      26. Ақпараттық жүйе немесе ол болмаған жағдайда персоналды басқару қызметі құрылымдық бөлімшенің/мемлекеттік органның басшысын оған қатысты бағалауды өткізу туралы есепті тоқсаннан кейінгі айдың бесінші күнінен кешіктірмей хабардар етеді.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z89" w:id="72"/>
-[...1580 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>