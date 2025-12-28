--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="72cbeee" w14:textId="72cbeee">
+    <w:p w14:paraId="c11e72e" w14:textId="c11e72e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Абай аудандық мәслихатының 2018 жылғы 15 наурыздағы № 28/315 "Абай аудандық мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесін бекіту туралы" шешіміне өзгерістер және толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қарағанды облысы Абай аудандық мәслихатының 2023 жылғы 28 шілдедегі № 8/86 шешімі</w:t>
+        <w:t>Қарағанды облысы Абай аудандық мәслихатының 2023 жылғы 28 шілдедегі № 8/86 шешімі. Күші жойылды - Қарағанды облысы Абай аудандық мәслихатының 2025 жылғы 27 қарашадағы № 41/379 шешімімен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Қарағанды облысы Абай аудандық мәслихатының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 41/379</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Абай аудандық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2358,63 +2436,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім оның алғаш ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2432,51 +2509,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Абай аудандық мәслихатының төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -3291,185 +3368,184 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметшінің тегі, аты, әкесінің аты (болған жағдайда): __________________________ Қызметшінің лауазымы: ____________________________________________________ Қызметшінің құрылымдық бөлімшесінің атауы: ________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="664"/>
+        <w:gridCol w:w="464"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="464"/>
+        <w:gridCol w:w="881"/>
+        <w:gridCol w:w="881"/>
+        <w:gridCol w:w="881"/>
+        <w:gridCol w:w="881"/>
+        <w:gridCol w:w="881"/>
+        <w:gridCol w:w="881"/>
+        <w:gridCol w:w="881"/>
+        <w:gridCol w:w="882"/>
+        <w:gridCol w:w="824"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="664" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № р/р</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="464" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 НМИ атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "А" корпусы қызметішісі келісімінің қай көрсеткішінен немесе мемлекеттік жоспарлау жүйесінің құжатынан түйінделеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="464" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3536,51 +3612,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қол жеткізу мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3629,366 +3705,373 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z91" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Ескертпе: нысаналы мақсатты индикаторға қол жеткізуден күтілетін оң өзгерістер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:tbl>
@@ -4402,146 +4485,145 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бағаланатын кезең)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1118"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="661"/>
+        <w:gridCol w:w="661"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="1254"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № р/р</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="661" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 НМИ атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="661" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4652,729 +4734,805 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...346 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z100" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5737,285 +5895,341 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z101" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорытынды бағалау _______________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z102" w:id="79"/>
@@ -6577,1716 +6791,1715 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Нысаналы мақсатты индикаторды іске асыру пайызына байланысты рұқсат етілетін бағаны анықтау кестесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="5962"/>
+        <w:gridCol w:w="6338"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нысаналы мақсатты индикаторды пайызбен және саралау параметрлерін іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рұқсат етілген бағалау ауқымы*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 және одан жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95-99,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,75-4,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90-94,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,5-4,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85-89,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,25-4,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80-84,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-4,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75-79,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,75-3,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70-74,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,5-3,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65-69,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,25-3,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60-64,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-3,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55-59,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,75-2,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50-54,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5-2,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45-49,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,25-2,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40-44,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-2,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35-39,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,75-1,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30-34,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5-1,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25-29,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25-1,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20-24,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-1,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15-19,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,75-0,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10-14,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,5-0,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-9,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,25-0,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0-4,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8839,874 +9052,943 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2131"/>
+        <w:gridCol w:w="6797"/>
+        <w:gridCol w:w="3017"/>
+        <w:gridCol w:w="355"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Параметрлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Критерийлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3017" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалау (1-ден 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негіздеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.Функционалдық міндеттерді орындау сапасы*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізделген ескертулер мен шағымдардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3017" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Міндеттерді орындау мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттарды, тапсырмаларды орындау мерзімдерінің бұзылмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3017" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Дербестік және бастамашылық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметшінің функционалдық міндеттерін жоғары деңгейде дербес орындай алуы. Мемлекеттік орган қызметінің саласын жетілдіруге бағытталған ұсыныстар мен пысықталған тәсілдерде бастамашылдық таныту. Мемлекеттік орган міндеттерін орындаудағы белсенділігі мен қатысуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3017" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Еңбек тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәлелді себептерсіз жұмыстан кешікпеу, уақытынан бұрын жұмыстан кетпеу, тәртіптік жазасының болмауы, қызметтік әдептің бұзылмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3017" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орташа қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3017" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z131" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек. Бағалау нәтижесі: ____________ (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады (қанағаттанарлықсыз баға). Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады. Қойылған бағаға негіздеме ___________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:tbl>
@@ -10208,5232 +10490,5567 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстығын арттыра аласыз.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2120"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="7447"/>
+        <w:gridCol w:w="607"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № р/р</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құзыреттердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құзыреттер бойынша сұрақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жауаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметті басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стратегиялық мақсаттарға сәйкес нақты міндеттер қояды және тапсырмалар береді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бөлімшенің қойылған міндеттерді сапалы және уақтылы орындауына ұжымды бағыттайды және жағдай жасайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басымдық бере отырып, бөлімшенің жұмысын тиімді ұйымдастырады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметті басқару бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімді коммуникацияларды құру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өз қызметін әріптестерімен үйлестіре алады, коммуникацияларға ашық, іскерлік ынтымақтастыққа дайындық танытады, қажет болған жағдайда әріптестеріне көмектеседі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жанжалдарды ортақ іс үшін пайдамен шеше алады, бұл ретте өз көзқарасын дәлелді жеткізеді және әріптестерінің пікірін ескереді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүдделі тараптармен топтың/команданың / тиімді жұмысын құрады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімді коммуникацияларды құру бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әдеп нормалары мен қағидаларын ұстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әдеп кодексіне сәйкес барлық жағдайларда әдеп мінез-құлық ережелерін қатаң сақтайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Парасаттылық, шынайылық, тілектестік, әріптестері мен мүдделі тараптарға сыйластық қағидаттарын ұстанады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күйзелістік жағдайда өзін ұстай алады, шешім іздейді және табады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әдеп нормалары мен қағидаларын ұстану бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерістерді басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдағы өзгерістерге оң көзқараспен қарайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерген жағдайға сәйкес өз әрекеттерінің тактикасын бейімдейді, сәтсіздіктің себептерін талдайды және тәсілдерді немесе стратегияны өзгертеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметкерлердің бастамаларын қолдайды және көтермелейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерістерді басқару бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нәтижеге бейімделу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күрделі мақсаттар қойып, оларға қол жеткізеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тапсырмаларды орындау үшін қосымша күш салады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нәтижеге қол жеткізу үшін жауапкершілікті өзіне алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нәтижеге бағдар бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербестік және шешім қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүмкіндіктерді, тәуекелдерді талдай алады, сондай-ақ ресурстарды есептей және жоспарлай алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белгісіздік жағдайында тиімді әрекет ете алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықтимал тәуекелдерді ескере отырып, мәселелерді шешудің бірнеше нұсқасын ұсынады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербестік және шешім қабылдау дағдылары бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Команданы басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ешқашан адамдарға тәуелді емес, әрқашан жеке ұнату немесе ұнатпаудан аулақ бола алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзара әрекеттесу және ынталандыру кезінде бағыныштының даралығын анықтай және ескере алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Команданы шабыттандыра және ынталандыра алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Команданы басқару бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көшбасшылық қасиеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ынта мен талантты, өз-өзіне деген сенімді көрсетеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Харизматикалық тұлға, бағыныштыларды ынталандыру үшін өзінің тұлғалық күшін пайдаланады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметкерлерді ынталандыруға дайын, көтермелеу мен сөгіс арақатынасын сауатты таңдайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көшбасшылық қасиеттер бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ынтымақтастық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құзыреті шегінде қызметкерлерді мемлекеттік органдармен және ұйымдармен өзара тиімді іс-қимыл жасауға бағдарлайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қойылған міндеттерге қол жеткізу үшін әрбір қызметкердің әлеуетін пайдаланады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның құрылымдық бөлімшелерімен бірлесіп жоспарларды іске асырады және ортақ нәтижелерге қол жеткізеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ынтымақтастық бойынша орташа бағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеделділік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұжымға жаңа басымдықтарды уақтылы жеткізеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерістерге уақтылы әрекет ету үшін тиімді шараларды әзірлейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бөлімшені тиімді басқарып, ішкі және сыртқы өзгерістер кезінде нәтижеге қол жеткізеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеделділік бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзін өзі дамыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перспективті қызметкерлерді анықтайды және оларды жылжыту бойынша ұсыныстар енгізеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметкерлерді дамыту бойынша жүйелі шаралар қабылдайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өз мысалында өзін-өзі дамытуға деген ұмтылысты көрсетеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзін-өзі дамыту бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2120" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бастамашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметтің тиімділігін арттыруға бағытталған инновациялық тәсілдер мен шешімдерді енгізу жөніндегі ұсыныстарды қарайды және әзірлейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметтің тиімділігін арттыруға бағытталған инновациялық тәсілдер мен шешімдерді енгізу бойынша ұсыныстарды талдайды және енгізеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның қызметін жетілдіру үшін жобаларға бастамашылық етеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бастамашылық бойынша орташа бағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z144" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жауаптар бағанында жауаптың ұсынылған нұсқаларының бірі көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z145" w:id="113"/>
@@ -16055,3556 +16672,3779 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстығын арттыра аласыз.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1498"/>
+        <w:gridCol w:w="2256"/>
+        <w:gridCol w:w="7902"/>
+        <w:gridCol w:w="644"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № р/р</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құзыреттердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құзыреттер бойынша сұрақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жауаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімді коммуникациялар құру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өз қызметін әріптестерімен үйлестіре алады, коммуникацияларға ашық, іскерлік ынтымақтастыққа дайындық танытады, қажет болған жағдайда әріптестеріне көмектеседі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жанжалдарды ортақ іс үшін пайдамен шеше алады, бұл ретте өз көзқарасын дәлелді жеткізеді және әріптестерінің пікірін ескереді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүдделі тараптармен топтың/команданың / тиімді жұмысын құрады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімді коммуникацияларды құру бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әдеп нормаларын және қағидаларын ұстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әдеп кодексіне сәйкес барлық жағдайларда әдеп мінез-құлық ережелерін қатаң сақтайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Парасаттылық, шынайылық, тілектестік, әріптестер мен мүдделі тараптарға сыйластық қағидаттарын ұстанады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күйзелістік жағдайда өзін ұстай алады, шешім іздейді және табады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әдеп нормаларын және қағидаларын ұстану бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерістерді басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдағы өзгерістерге оң көзқараспен қарайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерген жағдайға сәйкес өз әрекеттерінің тактикасын бейімдейді, сәтсіздіктің себептерін талдайды және тәсілдерді немесе стратегияны өзгертеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметкерлердің бастамаларын қолдайды және көтермелейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерістерді басқару бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нәтижеге бейімделу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күрделі мақсаттар қойып, оларға қол жеткізеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тапсырмаларды орындау үшін қосымша күш салады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нәтижеге қол жеткізу үшін жауапкершілікті өзіне алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нәтижеге бейімделу бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербестік және шешім қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүмкіндіктерді, тәуекелдерді талдай алады, сондай-ақ ресурстарды есептей және жоспарлай алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белгісіздік жағдайында тиімді әрекет ете алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықтимал тәуекелдерді ескере отырып, мәселелерді шешудің бірнеше нұсқасын ұсынады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербестік және шешім қабылдау дағдылары бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ынтымақтастық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құзыреті шегінде қызметкерлерді мемлекеттік органдармен және ұйымдармен тиімді өзара іс-қимыл жасауға бағдарлайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қойылған міндеттерге қол жеткізу үшін әрбір қызметкердің әлеуетін пайдаланады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа бөлімшелермен бірлесіп жоспарларды іске асырады және ортақ нәтижелерге қол жеткізеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ынтымақтастық бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеделділік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмысты жақсарту бойынша ұсыныстар енгізеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа тәсілдері және оларды енгізу әдістерін зерделейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгеретін жағдайларға тез бейімделеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеделділік бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1498" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзін өзі дамыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа білім мен технологияларға қызығушылық танытады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзін-өзі дамытуға ұмтылады, жаңа ақпарат пен оны қолдану тәсілдерін іздейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="7902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімділігін арттыруға мүмкіндік беретін жаңа дағдыларды іс жүзінде қолданады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзін өзі дамыту бойынша орташа баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z163" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жауаптар бағанында жауаптың ұсынылған нұсқаларының бірі көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:bookmarkStart w:name="z164" w:id="129"/>
@@ -20104,1656 +20944,1739 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құрылымдық бөлімше басшысының Т. А.Ә. _________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3736"/>
+        <w:gridCol w:w="3747"/>
+        <w:gridCol w:w="3747"/>
+        <w:gridCol w:w="1070"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құзырет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құзыреттер бойынша орташа қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Паутинка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметті басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімді коммуникацияларды құру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әдеп нормалары мен қағидаларын ұстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерістерді басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нәтижеге бағдарлану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербестік және шешімдерді қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Топты басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көшбасшылық қасиеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ынтымақтастық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеделділік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзін-өзі дамыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бастамашылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z176" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22148,1168 +23071,1223 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағаланатын қызметшінің Т. А.Ә.__________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2699"/>
+        <w:gridCol w:w="4201"/>
+        <w:gridCol w:w="4201"/>
+        <w:gridCol w:w="1199"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құзырет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құзыреттер бойынша орташа қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1199" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Паутинка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімді коммуникациялар құру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әдеп нормалары мен қағидаларын ұстану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерістерді басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нәтижеге бағдарлану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербестік және шешім қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ынтымақтастық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеделділік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзін-өзі дамыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z183" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24130,544 +25108,592 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметшінің (тегі, аты, әкесінің аты (болған жағдайда)) ________________ Қызметшінің лауазымы: ____________________________________________ Қызметшінің құрылымдық бөлімшесінің атауы: ________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1217"/>
+        <w:gridCol w:w="1505"/>
+        <w:gridCol w:w="5192"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="1507"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нысаналы мақсатты индикаторлардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="5192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "А" корпусы қызметішісі келісімінің қай көрсеткішінен немесе мемлекеттік жоспарлау жүйесінің құжатынан түйінделеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоспарлы мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қол жеткізу мерзімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түйінді нәтиже*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...218 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1217" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z198" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Нысаналы мақсатты индикатор қол жеткізуден күтілетін оң өзгерістер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:bookmarkStart w:name="z199" w:id="149"/>
@@ -25571,495 +26597,532 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бағаланатын кезең)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2094"/>
+        <w:gridCol w:w="2591"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="1464"/>
+        <w:gridCol w:w="1464"/>
+        <w:gridCol w:w="3787"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2094" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нысаналы мақсатты индикаторлардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z218" w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бірлігі</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="159"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бірлігі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+Жоспарлы мәні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоспарлы мәні</w:t>
-[...34 lines deleted...]
-              <w:t>
 Нақты мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткішке қол жетті/көрсеткішке қол жетпеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...186 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z219" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалау нәтижесі ________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
     <w:bookmarkStart w:name="z220" w:id="161"/>
@@ -27003,748 +28066,831 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалау нәтижелері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1648"/>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="1648"/>
+        <w:gridCol w:w="3678"/>
+        <w:gridCol w:w="932"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметшілердің тегі, аты, әкесінің аты (болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалау нәтижелері туралы мәлімет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалау нәтижелері комиссиямен түзетілуі (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комиссияның ұсыныстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...122 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...122 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...122 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z241" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Комиссия қорытындысы: ________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
     <w:bookmarkStart w:name="z242" w:id="174"/>
@@ -27906,63 +29052,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -28284,35 +29452,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>