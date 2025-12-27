--- v0 (2025-10-19)
+++ v1 (2025-12-27)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="53e31cc" w14:textId="53e31cc">
+    <w:p w14:paraId="f38ad32" w14:textId="f38ad32">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,193 +85,237 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Мемлекеттік көрсетілетін қызметтер комитеті" республикалық мемлекеттік мекемесінің ережесін бекіту туралы" Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2019 жылғы 31 қазандағы № 288/НҚ бұйрығына толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 30 маусымдағы № 222/НҚ бұйрығы</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 30 маусымдағы № 222/НҚ бұйрығы. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 2025 жылғы 22 қазандағы № 528/НҚ бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды – ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 528/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Мемлекеттік көрсетілетін қызметтер комитеті" республикалық мемлекеттік мекемесінің ережесін бекіту туралы" Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2019 жылғы 31 қазандағы № 288/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       аталған бұйрықпен бекітілген "Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Мемлекеттік көрсетілетін қызметтер комитеті" республикалық мемлекеттік мекемесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -282,190 +328,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 32-1) және 32-2) тармақшалармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "32-1) Ұлттық пошта операторының ауылдық елдімекендерде көрсететін мемлекеттік қызметтері бойынша шығындарды өтеу қағидаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-2) жеке және заңды тұлғалардың өтініштерін қабылдау және өңдеу бойынша ақпараттық жүйені сүйемелдеуді ұйымдастыру;".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Мемлекеттік көрсетілетін қызметтер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрық бекітілген күнінен бастап оны күнтізбелік он күн ішінде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің интернет-ресурсына орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық қол қойылған күнінен бастап күшіне енеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -649,63 +695,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1027,35 +1095,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>