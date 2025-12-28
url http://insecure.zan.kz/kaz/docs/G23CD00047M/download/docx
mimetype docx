--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9e43b5d" w14:textId="9e43b5d">
+    <w:p w14:paraId="d9ce7e6" w14:textId="d9ce7e6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,157 +85,200 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Байғанин аудандық мәслихатының 2023 жылғы 19 мамырдағы № 29 "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың Әдістемесін бекіту туралы" шешіміне өзгеріс енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ақтөбе облысы Байғанин аудандық мәслихатының 2023 жылғы 25 шілдедегі № 47 шешімі. Жойылды - Ақтөбе облысы Байғанин аудандық мәслихатының 2025 жылғы 7 қарашадағы № 323 шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Жойылды - Ақтөбе облысы Байғанин аудандық мәслихатының 07.11.2025 № 323 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімімен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Байғанин аудандық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Байғанин аудандық мәслихатының 2023 жылғы 19 мамырдағы № 29 "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың Әдістемесін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келесі өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -248,70 +293,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -420,68 +466,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Сержан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -664,93 +692,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">25 шілдедегі № 47 шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың Әдістемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың үлгілік әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 33-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -765,70 +787,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс - қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген) бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 - қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі - Үлгілік әдістемесі) сәйкес әзірленген және "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесінің (бұдан әрі – мәслихат аппараты) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары тұрған басшы – бағаланатын қызметшінің тікелей басшысы оған тікелей бағынысты болатын адам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1001,242 +1024,242 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелерін бағалау кезеңі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) жеке жұмыс жоспары – "Б" корпусы қызметшісінің бағалау кезеңіне НМИ қарастырылған және тікелей басшысымен бірлесіп құрылатын, жоғары тұрған басшымен бекітілген құжат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бағалаушы адам мемлекеттiк әкiмшiлiк қызметшiлердiң қызметiн бағалау барысында әдiлдiк, адалдық және iс жүргiзудiң ашықтығы қағидаттарын сақтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Б" корпусының мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін персоналды басқару бойынша бірыңғай ақпараттық жүйе (бұдан әрі – ақпараттық жүйе) арқылы жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта немесе мемлекеттік органдарда жұмыс істейтін ақпараттық жүйелерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалау бағаланатын адамның санатына байланысты НМИ қол жеткізу нәтижелері, саралау және 360 әдістері нәтижелерінің негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Автоматтандырылған бағалау жүйесі енгізілген мемлекеттік органдардың "Б" корпусы қызметшілерін бағалау осы мемлекеттік органдардың ішкі құжаттарында айқындалған ерекшеліктерді ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. НМИ қол жеткізу және саралау әдісі бойынша бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірілмей, 360 әдісі бойынша – есепті жылдан кейінгі айдың оныншы күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НМИ және саралау бойынша қорытынды баға "Б" корпусы қызметшісінің есепті тоқсандардағы орташа бағасынан құралады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бір айдан кем болған жағдайда, оны бағалау жүргізілмейді. Егер бағаланатын қызметші бағалау жүргізу кезеңінде еңбек немесе әлеуметтік демалыста, еңбекке уақытша қабілетсіздігі кезеңінде, іссапарда, тағылымдамада, қайта даярлауда немесе біліктілігін арттыруда болған жағдайда қызметшіні НМИ қол жеткізу бойынша бағалау, саралау және/немесе 360 әдістері бойынша бағалау оның қатысуынсыз 5-тармақта белгіленген мерзімдерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте 2021 жылғы 1 шілдеден 2022 жылғы 31 желтоқсанға дейінгі жұмыс кезеңінде әлеуметтік демалыста болған, еңбекке уақытша жарамсыздығы кезінде болған "Б" корпусы қызметшілерінің қызметін бағалау осы Әдістеменің 6-тарауында белгіленген тәртіпте жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бағалау мерзімі аяқталғанға дейін мемлекеттік органнан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз 5-тармақта көрсетілген мерзімде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін тиімді атқарады",</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1283,304 +1306,304 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. НМИ қол жеткізу нәтижелері мен саралау әдісі бойынша бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда жоғарылату, төмендету немесе жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 360 әдісі бойынша бағалау нәтижелері қызметшіні оқыту бойынша шешімдер қабылдау үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бағалауды ұйымдастырушылық сүйемелдеуді функционалдық міндеттеріне, кадр қызметінің жұмысын жүргізу кіретін мәслихат аппаратының бас маманы (бұдан әрі – бас маман), соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте бас маманмен ақпараттық жүйеде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адам бекітетін бағалау кестесін құрастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Бас маман бағаланатын қызметшіні бағалау нәтижелерімен ол аяқталған соң екі жұмыс күні ішінде таныстыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Әдістеменің 6-тармағының екінші бөлігінде көрсетілген қызметшілерді таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құқығы бар лауазымды адам калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Мемлекеттік қызметші калибрлеу сессиясның шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде мәслихат аппаратында, сондай-ақ техникалық мүмкіндік болған кезде ақпараттық жүйеде сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бағалау нәтижелері қатаң жасырын ақпарат болып табылады және "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен бас маманмен қарастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бағалаушы адам мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік орган стратегиялық мақсаттары, мемлекеттік орган жұмысының есептік кезеңдегі жалпы нәтижесі жөнінде бағаланушы адамдардың назарына жеткізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1609,70 +1632,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бағаланатын кезең ішінде НМИ орындау деңгейіне тұрақты мониторинг жүргізу және оларға қызметінің қорытынды бағасы мен конструктивті кері байланысты ұсыну; бағаланатын адамдардың функционалдық міндеттерін орындау дәрежесіне бағаланатын кезеңде тұрақты мониторинг жүргізу және оларға қызметкердің қызметінің қорытынды бағасы және конструктивті кері байланысты ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бағалау процесінде бағаланатын адамдарды бағалау бойынша даулы мәселелерді, олар туындаған жағдайда, калибрлік сессияларға және оларды шешуге қатысу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Бағаланатын адам мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) олардың НМИ/қойылған міндеттерді орындау дәрежесіне жүйелі мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1683,70 +1706,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 360 әдісі бойынша оның қызметін бағалау шеңберінде уақтылы өзін-өзі бағалауды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қызметті бағалау нәтижелерін талқылау бойынша басшымен кездесулерге қатысу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бас маман мыналарға жауапты болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1793,164 +1816,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақтылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Бағалау нәтижелері бағаланатын адамға, бағалаушы адамға, бас маманға және калибрлеу сессияларының қатысушыларына ғана белгілі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 - тарау. Мәслихат аппаратының басшысын НМИ қол жеткізуі бойынша бағалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Мәслихат аппараты басшысының қызметін бағалау НМИ жетістіктерін бағалау әдісі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. НМИ-ды бағалаушы тұлға бас маманның келісімі бойынша Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бағаланатын кезең басталғаннан кейін он жұмыс күні ішінде жасалатын мәслихаттың аппарат басшысының жеке жұмыс жоспарында белгіленеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметші бағалау кезеңі басталғаннан кейін тағайындалған жағдайда НМИ лауазымға тағайындалған күннен бастап он жұмыс күн ішінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1997,90 +2004,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәслихат аппараты басшысының НМИ қол жеткізуін бағалауды бағалаушы адам 5-тармақта белгіленген мерзімдерде жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, мәліметтердің шынайылығын қамтамасыз ету мақсатында бас маман НМИ-дің нақты мәндеріне алдын ала есептеу жүргізеді және оны осы Әдістеменің 4-тармағына сәйкес бағалау мерзімінің соңғы күніне дейінгі бес жұмыс күннен кешіктірмейтін мерзімде ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) бағалаушы адамға жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. НМИ үштен беске дейінгі мөлшерде белгіленеді және бағаланатын кезеңнің соңына дейін бағаланатын адам қызметінің күтілетін нақты нәтижелерін көрсетуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. НМИ мақсатқа қол жеткізу өлшемінің сандық және сапалық индикаторларынан тұруы тиіс және:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нақты (күтілетін оң өзгерістер көрсетіле отырып қол жеткізуге тиісті нәтиже анық белгіленеді);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2127,110 +2134,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уақытпен шектеулі (бағаланатын кезең ішінде НМИ қол жеткізу мерзімі белгіленеді) болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік жоспарлау жүйесінің құжаттарын, оның ішінде мемлекеттік органның стратегиялық мақсаттарын іске асыруға не мемлекеттік орган қызметінің тиімділігін арттыруға бағдарланған болуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. НМИ-ге өзгерістер енгізуге қол жеткізуге тікелей әсер ететін мемлекеттік органның функциялары мен құрылымы өзгерген жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ақпараттық жүйе немесе ол болмаған жағдайда бас маман мәслихат аппаратының басшысын оған қатысты бағалауды өткізу туралы есепті тоқсаннан кейінгі айдың бесінші күнінен кешіктірмей хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Ақпараттық жүйемен немесе ол болмаған жағдайда бас маман ресімделген бағалау парағын бағалаушы адамға қарау үшін жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұсынылған материалдарды қарау қорытындылары бойынша бағалаушы адам Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2263,242 +2270,226 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Бағаларды қою кезінде бағалаушы адам Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша түйінді нысаналы индикаторды іске асыру пайызына қарай жол берілетін бағаны айқындау кестесін пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. "Б" корпусының қызметшілерін саралау әдісімен бағалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. "Б" корпусының қызметшілерін бағалау саралау әдісі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. "Б" корпусының қызметшілерін саралау әдісі бойынша бағалауды мәслихат аппаратының басшысы Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік органда жұмыс істейтін ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) жүзеге асырады. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Ақпараттық жүйе немесе ол болмаған жағдайда бас маман "Б" корпусының қызметшісін оған қатысты бағалау жүргізілетіні туралы есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірмей хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Ақпараттық жүйе арқылы немесе ол болмаған жағдайда бас маманмен бағалаушы адамға бағалау парағы жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бағалаушы адам Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бағалау парағының тиісті бағанында баға (0-ден 5-ке дейін) қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. "Б" корпусының қызметшілерін бағалау олардың бағаланатын кезеңде функционалдық міндеттерін орындау кезінде қол жеткізген нәтижелерінің деңгейі мен орындалған жұмыстың көлемі мен күрделілігі ескере отырып, мынадай параметрлер бойынша айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       функционалдық міндеттерді орындау сапасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2527,88 +2518,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дербестік және бастамашылық;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбек тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. 360 әдісі бойынша бағалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. 360 әдісі бойынша бағалау жылына бір рет ақпараттық жүйеде жасырын жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мәслихат аппаратының басшысы үшін 360 әдісі бойынша бағалау Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2623,70 +2614,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша, "Б" корпусының қызметшілері үшін Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. 360 әдісімен бағалау кезінде бағаланатын адамдардың санаттарына байланысты мынадай құзыреттер бағаланады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәслихат аппаратының басшысы үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3039,70 +3030,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеделділік;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзін-өзі дамыту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Сауалнамаға қатысатын адамдардың саны әрбір бағаланатын адам үшін ақпараттық жүйемен немесе ол болмаған жағдайда бас маманмен дербес анықтайтын үш адамнан кем болмауы және жеті адамнан артық болмауы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметшіні 360 әдісімен бағалауда оның өзін-өзі бағалауы көзделген. Бұл ретте қорытынды бағалауда өзін-өзі бағалау есепке алынбайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3149,68 +3140,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бағалаушы адамға тікелей бағынатын "Б" корпусының қызметшісі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лауазымы бойынша бағаланушы адаммен бір деңгейде және олармен өзара тығыз жұмыс істейтін адамдар.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Бас маман 360 әдісі бойынша бағалау процесін басқарады, жеке есептерді жасайды және Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3225,168 +3199,169 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысандағы 360 бағалау нәтижелері бойынша кері байланыс ұсынуды ұйымдастырады. Бас маман біліктілігін арттыру семинарлары мен қайта даярлау курстары тақырыптарын қалыптастыру кезінде 360 әдісімен бағалау қорытындылары, оның ішінде қызметшінің ең аз анықталған құзыреттері ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік орган Осы Әдістеменің 13-тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды және және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде Осы Әдістеменің 13-тармағында көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Бас маман калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Калибрлеу сессиясының қатысушылары бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3397,70 +3372,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалауды түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорытынды баға калибрлеу сессиясы қатысушыларының басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Бас маман хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3507,173 +3482,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. 2021 жылғы 1 шілдеден 2022 жылғы 31 желтоқсанға дейінгі жұмыс кезеңінде әлеуметтік демалыста, еңбекке уақытша жарамсыздық кезінде болған "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. НМИ бағалау кезеңі басталғаннан кейін 10 жұмыс күні ішінде "Б" корпусы әкімшілік мемлекеттік қызметшісінің жеке жұмыс жоспарында тікелей басшымен Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысанда анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Тиісті НМИ бар жеке жұмыс жоспарын жоғары тұрған басшы бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. "Б" корпусы қызметшісінің тікелей басшысы мемлекеттік органның (жергілікті атқарушы органның) бірінші басшысы болған жағдайда жеке жұмыс жоспары осы лауазымды тұлғамен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. НМИ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нақты (күтілетін оң өзгерістер көрсетіле отырып қол жеткізуге тиісті нәтиже анық белгіленеді);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3702,153 +3672,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қолжетімді (НМИ қолда бар ресурстарды, құзыреттер мен шектеулерді ескере отырып белгіленеді);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уақытпен шектеулі (НМИ қол жеткізу мерзімі белгіленеді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. НМИ саны 5 құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. НМИ жетістігін бағалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Бағалауды өткізу үшін "Б" корпусы қызметшісінің тікелей басшысы осы Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысанда НМИ бойынша бағалау парағын толтырады және оған қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Жеке жұмыс жоспарының жүзеге асырылуын бағалау жеке жұмыс жоспары құрылған жыл қорытындысы бойынша НМИ бағалау негізінде келесі тәртіпте жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НМИ барлығы орындалған жағдайда "Функционалдық міндеттерді тиімді орындайды" баға қойылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3895,384 +3860,384 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НМИ санының 5-нен 3-тен азы орындалған жағдайда "Функционалдық міндеттерін қанағаттанарлықсыз орындайды" баға қойылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       НМИ-дің орындалуы жеке жоспарда қарастырылған барлық көрсеткіштердің толық орындалуын көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Бағалау парағы тікелей басшымен толтырылғаннан кейін, ол жоғары тұрған басшының қарауына енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. "Б" корпусы қызметшісінің тікелей басшысы мемлекеттік органның бірінші басшысы болған жағдайда бағалау парағы оның қарауына енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. "Б" корпусы қызметшісінің бағалау парағын қарау қорытындысы бойынша жоғары тұрған басшымен келесі шешімдердің бірі қабылданады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бағалаумен келісу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) түзетуге жіберу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Бағалау парағы НМИ қол жеткізуін дәлелдейтін фактілердің жеткіліксіздігі немесе дәйексіздігі болған жағдайда түзетуге жолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z69" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Бағалау парағын жоғары тұрған басшының қарауына қайта енгізу, оны түзетуге жолдағаннан кейін 2 жұмыс күнінен кешіктірілмей жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Жоғары тұрған басшымен бағалау парағына қол қойылғаннан кейін персоналды басқару қызметі 2 жұмыс күнінен кешіктірмей оны Комиссияның қарауына ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Бағалау нәтижелерін Комиссиямен қарау және бағалау нәтижесіне шағымдану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Бас маман Комиссия төрағасының келісімімен бағалауды өткізу кестесін қалыптастырады және бағалауды өткізуге дейін үш жұмыс күні аралығында бағалауды жүргізетін тұлғаларды бағалау жүргізу туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Комиссияның отырысы оның құрамының кем дегенде үштен екісі қатысқан жағдайда өкілетті болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z74" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Комиссияның төрағасын не мүшесін алмастыру комиссияны құру туралы бұйрыққа өзгертулер енгізу арқылы уәкілетті тұлғаның шешімі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Комиссияның шешімі ашық дауыс беру арқылы қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Дауыс беру қорытындысы Комиссия мүшелерінің көпшілік дауысымен айқындалады. Дауыс саны тең болған жағдайда, бағалау жөніндегі комиссия төрағасының дауысы шешуші болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z77" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Комиссияның хатшысы персоналды басқару қызметінің қызметшісі болып табылады. Комиссияның хатшысы дауыс беруге қатыспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z78" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Бас маман Комиссия төрағасымен келісілген мерзімдерге Комиссия отырысының өткізілуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z79" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Бас маман Комиссияның отырысына келесі құжаттарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) толтырылған бағалау парақтарын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4285,316 +4250,338 @@
         </w:rPr>
         <w:t xml:space="preserve">
       2) Үлгілік Әдістеменің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Комиссия отырысының хаттамасының (бұдан әрі – хаттама) жобасын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Комиссия бағалау нәтижелерін қарайды да келесі шешімдердің біреуін қабылдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бағалау нәтижелерін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бағалау нәтижелерін қайта қарау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:bookmarkStart w:name="z81" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Бағалау нәтижелерін қайта қарау туралы шешім қабылданған жағдайда Комиссия бағалау нәтижесін түзетіп, оны хаттаманың "Бағалау нәтижелері комиссиямен түзетілуі (бар болған жағдайда)" графасында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z82" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Бағалаудың нәтижелері уәкілетті тұлғамен бекітіледі және хаттамада тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Персоналды басқару қызметі "Б" корпусының қызметшісін бағалау нәтижелерімен ол аяқталған соң екі жұмыс күні ішінде таныстырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z84" w:id="73"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. "Б" корпусының қызметшісін бағалау нәтижелерімен таныстыру оның тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z85" w:id="74"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. "Б" корпусы қызметшісінің Комиссия шешіміне шағымдануы мемлекеттік қызмет істері жөніндегі уәкілетті органда немесе оның аумақтық департаментінде шешім шыққан күннен бастап он жұмыс күні ішінде жүзеге асырылады. Шағымдарды қарау қорытындысы бойынша мемлекеттік қызмет істері жөніндегі уәкілетті орган келесі шешімдердің біреуін қабылдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік органға Комиссия шешімін жойып, "Б" корпусы қызметшісінің бағалау нәтижесін қайта қарау бойынша ұсыныс беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Б" корпусы қызметшісінің бағалау нәтижесін қайта қараусыз қалдыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="75"/>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. "Б" корпусы қызметшісі бағалау нәтижелеріне сот тәртібінде шағымдануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4916,35 +4903,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>