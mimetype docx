--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b2c9e9" w14:textId="3b2c9e9">
+    <w:p w14:paraId="87f82e7" w14:textId="87f82e7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,66 +93,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Учаскелік комиссиялар туралы ережені бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақтөбе облысы әкімдігінің 2023 жылғы 9 қазандағы № 265 қаулысы</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Ақтөбе облысы әкімдігінің 2023 жылғы 9 қазандағы № 265 қаулысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әлеуметтік кодексінің 124-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -201,298 +195,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Учаскелік комиссиялар туралы үлгілік ережені, сондай-ақ өтініш берушінің материалдық жағдайын тексеру нәтижелері бойынша атаулы әлеуметтік көмекке мұқтаждықты айқындау өлшемшарттарын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 23 мамырдағы № 167 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32560 тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Ақтөбе облысының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Учаскелік комиссиялар туралы ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Мемлекеттік атаулы әлеуметтік көмек алуға өтініш берген адамдардың (отбасылардың) материалдық жағдайына тексеру жүргізу жөніндегі учаскелiк комиссиялар туралы ережені, сонымен қатар өтініш берушінің материалдық жағдайын тексеру қорытындысы бойынша мемлекеттік атулы әлеуметтік көмекке мұқтаждығын айқындау өлшемшарттарын бекіту туралы" Ақтөбе облысы әкімдігінің 2019 жылғы 4 шілдедегі № 260 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6277 тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Ақтөбе облысы әкімдігінің 2019 жылғы 4 шілдедегі № 260 "Мемлекеттік атаулы әлеуметтік көмек алуға өтініш берген адамдардың (отбасылардың) материалдық жағдайына тексеру жүргізу жөніндегі учаскелiк комиссиялар туралы ережені бекіту туралы" қаулысына өзгерістер мен толықтырулар енгізу туралы" Ақтөбе облысы әкімдігінің 2020 жылғы 20 наурыздағы № 111 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6918 тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Ақтөбе облысының жұмыспен қамтуды үйлестіру және әлеуметтік бағдарламалар басқармасы" мемлекеттік мекемесі заңнамада белгіленген тәртіппен осы қаулыны қазақ және орыс тілдерінде Қазақстан Республикасының нормативтік құқықтық актілерінің Эталондық бақылау банкіне ресми жариялау және енгізу үшін Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулының орындалуын бақылау Ақтөбе облысы әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -691,68 +638,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Ақтөбе облыстық мәслихаты</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -818,160 +747,160 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 жылғы 9 қазандағы № 265 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қаулысымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Учаскелік комиссиялар туралы ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Учаскелік комиссиялар туралы ереже (бұдан әрі - Ереже) учаскелік комиссиялардың мәртебесі мен өкілеттігін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Ережеде пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мансап орталығы - еңбек мобильділігі орталығының функцияларын аудандарда және облыстық маңызы бар қалада орындауды жүзеге асыратын филиалы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттік атаулы әлеуметтік көмекті тағайындау жөніндегі уәкілетті орган - атаулы әлеуметтік көмек тағайындауды жүзеге асыратын ауданның, облыстық маңызы бар қаланың, аудандық маңызы бар қаланың жергілікті атқарушы органы;</w:t>
+      мемлекеттік атаулы әлеуметтік көмек тағайындау жөніндегі уәкілетті орган - мемлекеттік атаулы әлеуметтік көмек тағайындауды жүзеге асыратын ауданның, облыстық маңызы бар қаланың, аудандық маңызы бар қаланың жергілікті атқарушы органы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       учаскелік комиссия (бұдан әрі - Комиссия) - атаулы әлеуметтік көмек алуға өтініш жасаған адамдардың (отбасылардың) материалдық жағдайына зерттеп-қарау жүргізу үшін тиісті әкімшілік-аумақтық бірліктер әкімдерінің шешімімен құрылатын арнаулы комиссия.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -984,227 +913,268 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атаулы әлеуметтік көмекті тағайындау жөніндегі уәкілетті орган жергілікті өкілетті орган бекіткен Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың үлгілік қағидаларына сәйкес әлеуметтік көмек көрсетуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия әлеуметтік көмекке жүгінген адамдардың (отбасылардың) материалдық жағдайына зерттеп-қарау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2 тармаққа өзгерістер енгізілді - Ақтөбе облысы әкімдігінің 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комиссиялар тиісті әкімшілік-аумақтық бірліктер аумағында тұрақты жұмыс істейтін алқалы орган болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссиялар өз жұмысын ашықтық, жариялылық, алқалылық және бейтараптық қағидаттарында ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Комиссиялар өз қызметінде Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, Заңдарын, Қазақстан Республикасы Президентінің және Үкіметінің актілерін, Қазақстан Республикасының нормативтік құқықтық актілерін, осы Ережені, сондай-ақ өтініш берушінің материалдық жағдайын зерттеп-қарау нәтижелері бойынша мемлекеттік атаулы әлеуметтік көмекке мұқтаждығын айқындау өлшемшарттарын басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Комиссиялардың міндеттері мен функциялары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Комиссиялардың негізгі міндеті мемлекеттік атаулы әлеуметтік көмек тағайындау жөніндегі уәкілетті органға, ал ауылдық жерлерде - кент, ауыл, ауылдық округ әкімдеріне халыққа мемлекеттік атаулы әлеуметтік көмек (бұдан әрі - атаулы әлеуметтік көмек) немесе "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жергілікті өкілетті органдар бекітетін Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидаларына (бұдан әрі - Қағидалар) сәйкес көрсетілетін әлеуметтік көмек көрсету, олардың атаулылығын арттыру жөніндегі қызметіне жәрдемдесу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Комиссияның негізгі функцияларына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қағидаларға сәйкес ұсынылатын атаулы әлеуметтік көмек тағайындауға немесе әлеуметтік көмек көрсетуге жүгінген адамның (отбасының) материалдық жағдайын зерттеп-қарау (бұдан әрі - зерттеп-қарау);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1233,376 +1203,438 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) атаулы әлеуметтік көмек тағайындауға немесе Қағидаларға сәйкес көрсетілетін әлеуметтік көмек алуға жүгінген адамның (бұдан әрі - өтініш беруші) материалдық жағдайын тексеру актісін жасау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ұсынылған құжаттардың және/немесе тексеру нәтижелерінің негізінде уәкілетті орган бекіткен өтініш берушінің материалдық жағдайын тексеру нәтижелері бойынша мемлекеттік атаулы әлеуметтік көмекке мұқтаждығын айқындау өлшемшарттарын ескере отырып, Қағидаларға сәйкес ұсынылатын әлеуметтік көмек немесе атаулы әлеуметтік көмек берудің қажеттілігі немесе қажеттіліктің болмауы туралы қорытынды дайындау жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Комиссияның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Атаулы әлеуметтік көмекті тағайындау жөніндегі уәкілетті орган, ал ауылдық жерлерде - кент, ауыл, ауылдық округтың әкімі Комиссияның қалыпты жұмыс істеуі үшін қажетті жағдайлар жасайды (отырыс өткізуге арналған жеке бөлме беру, нормативтік құқықтық актілермен, техникалық құралдармен қамтамасыз ету).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Комиссияның құрамы жергілікті мемлекеттік басқару органдарының, қоғамдық бірлестіктердің, мүлік иелері бірлестіктерінің, көппәтерлі тұрғын үйлердің, халықтың, білім беру, денсаулық сақтау, халықты әлеуметтік қорғау ұйымдары мен уәкілетті органдарының өкілдерінен, құқық қорғау органдарының қызметкерлерінен құралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия төрағадан, хатшыдан және Комиссия мүшелерінен тұрады. Комиссияның жалпы құрамы бес адамнан кем болмауы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8 тармақ жаңа редакцияда - Ақтөбе облысы әкімдігінің 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Төраға Комиссияның жұмысын ұйымдастырады және Комиссияға осы Ережеде жүктелген міндеттер мен функциялардың уақтылы және сапалы орындалуы үшін дербес жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Өтініш берушіні отырыстың өткізілетін күні туралы хабардар етуді, Комиссия отырысының күн тәртібі бойынша ұсыныстар, Комиссия отырысына қажетті құжаттарды, материалдар даярлауды және оны өткізгеннен кейін хаттаманы рәсімдеуді Комиссияның хатшысы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Өтініш беруші қалауы бойынша Комиссияның отырысына қатыса алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Комиссия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мансап орталығынан немесе кент, ауыл, ауылдық округ әкімінен құжаттарды алған күннен бастап жеті жұмыс күні ішінде ұсынылған құжаттар және (немесе) атаулы әлеуметтік көмек алуға үміткер өтініш берушінің материалдық жағдайын зерттеп-қарау нәтижелері негізінде қорытынды дайындап, оны мансап орталығына немесе кент, ауыл, ауылдық округ әкіміне береді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құжаттарды алған күннен бастап екі жұмыс күні ішінде өтініш берушіге тексеру жүргізеді, оның нәтижелері бойынша әлеуметтік көмек көрсетуге өтініш білдірген адамның (отбасының) материалдық жағдайы туралы акт жасайды, Қағидаларға сәйкес адамның (отбасының) әлеуметтік көмекке мұқтаждығы туралы немесе мұқтаждығының болмауы туралы қорытынды әзірлейді және оларды уәкілетті органға немесе кент, ауыл, ауылдық округтың әкіміне жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Комиссияның шешімдері оның құрамы жалпы санының үштен екісі болған кезде заңды болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Комиссияның шешімі ашық дауыс беру арқылы қабылданады және Комиссия мүшелерінің жалпы санының басым көпшілігі дауыс берсе, қабылданды деп есептеледі. Дауыстар тең болған жағдайда, Комиссия төрағасының даусы шешуші болып саналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Комиссия қабылдаған шешім қорытынды түрінде ресімделеді, өтініш беруші онымен танысып, қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Комиссияның қорытындысына келіспеген кезде, өтініш беруші уәкілетті органға, сондай-ақ сот тәртібімен шағым жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1928,31 +1960,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>