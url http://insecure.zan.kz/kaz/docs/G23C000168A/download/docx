--- v0 (2025-11-04)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f03a5a0" w14:textId="f03a5a0">
+    <w:p w14:paraId="55d281d" w14:textId="55d281d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,213 +85,240 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Ақтөбе облысы әкімі аппаратының лауазымды адамдарының жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауының регламентін бекіту туралы" Ақтөбе облысы әкімдігінің 2023 жылғы 14 сәуірдегі № 99 қаулысына өзгеріс енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ақтөбе облысы әкімдігінің 2023 жылғы 30 маусымдағы № 168 қаулысы. Күші жойылды - Ақтөбе облысы әкімдігінің 2025 жылғы 29 желтоқсандағы № 309 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Ақтөбе облысы әкімдігінің 29.12.2025 № 309 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақтөбе облысының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Ақтөбе облысы әкімі аппаратының лауазымды адамдарының жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауының регламентін бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 179946 тіркелген) Ақтөбе облысы әкімдігінің 2023 жылғы 14 сәуірдегі № 99 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы әкімі аппаратының лауазымды адамдарының жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауының регламенті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы қаулыға қосымшаға сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ақтөбе облысы әкімі аппаратының лауазымды адамдарының жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауының регламенті осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -304,126 +333,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшамен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> толықтырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Ақтөбе облысы әкімінің аппараты" мемлекеттік мекемесі заңнамада белгіленген тәртіппен осы қаулыны қазақ және орыс тілдерінде Қазақстан Республикасының Нормативтік құқықтық актілерінің эталондық бақылау банкіне ресми жариялау және енгізу үшін Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулының орындалуын бақылау Ақтөбе облысы әкімі аппаратының басшысына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -508,68 +522,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Тоғжанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -726,126 +722,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 жылғы 14 сәуірдегі </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 99 қаулысымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақтөбе облысы әкімі аппаратының лауазымды адамдарының жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауының регламенті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Ақтөбе облысы әкімі аппаратының лауазымды адамдарының жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауының регламенті (бұдан әрі - Регламент) Ақтөбе облысы әкімі аппаратының лауазымды адамдарының жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауының тәртібін регламенттейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды (бұдан әрі - қабылдау) Ақтөбе облысы әкімі аппаратының қоғамдық қабылдау бөлмесінде (бұдан әрі - қоғамдық қабылдау бөлмесі), сондай-ақ азаматтарды қабылдау орталығында мына лауазымды және өзге де адамдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) облыстың әкімі және оның орынбасарлары; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -874,168 +870,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Ақтөбе облысы әкімі аппаратының құрылымдық бөлімшелерінің басшылары; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Ақтөбе облысы әкімі аппаратының қабылдауды жүзеге асыруға уәкілетті өзге де қызметкерлері жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1. Азаматтарды қабылдау орталықтарында мемлекеттік органдардың регламенттерінде белгіленген тәртіппен орталық мемлекеттік органдардың құзыретіне кіретін мәселелер бойынша жеке тұлғаларды және заңды тұлғалардың өкілдерін қабылдау жүзеге асырылады </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жеке тұлғалар мен заңды тұлғалардың өкілдері Ақтөбе облысы әкімі аппаратының қабылдауды жүзеге асыруға уәкілетті басшыларының қабылдауына келіскен жағдайда оларды көрсетілген лауазымды адамдар олар жүгінген күні қабылдауды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Ақтөбе облысы әкімінің аппаратында, сондай-ақ азаматтарды қабылдау орталықтарында жеке тұлғаларды және заңды тұлғалардың өкілдерін қабылдау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қабылдауды ұйымдастыруға жауапты қызметкерлер күн сайын жұмыс күндері, түскі үзілісі бар жұмыс уақытында "электрондық үкімет" веб-порталындағы немесе "Электрондық жолданымдар" ақпараттық-талдау жүйесiндегі электрондық құжат, қағаз форматтағы, оның ішінде қолма-қол түсетін не қоғамдық қабылдау бөлмесінің қызметкеріне ауызша нысанда айтылған жолданымдар, сондай-ақ қоғамдық қабылдау бөлмесінің сall-орталығына келіп түскен өтінімдер негізінде қабылдауға жазылуды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мәселенің мәні баяндалмаған жеке қабылдау туралы жолданым қаралмайды, бұл туралы арыз иесіне хабарланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жолданымды қабылдаудан бас тартуға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер жеке қабылдау туралы өтініші бар жолданым Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі - Кодекс) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1048,324 +1044,324 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарға сәйкес келмесе, ол туралы арыз иесіне көрсетіледі және оны Кодекстің талаптарымен сәйкес келтіру үшін ақылға қонымды мерзім белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Белгіленген мерзімде Кодекстің талаптарына сәйкес келтірілмеген жеке қабылдау туралы өтініші бар жолданым қайтарылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы регламенттің 2-тармағында көрсетілген тұлғалар бекітілген кестеге сәйкес айына кемінде бір рет қоғамдық қабылдау бөлмесінде қабылдауды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыстың әкімі азаматтарды жеке қабылдауды "Әкімдердің халықпен кездесулерін өткізу туралы" Қазақстан Республикасы Президентінің 2022 жылғы 3 наурыздағы № 826 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес халықпен кездесулер өткізгеннен кейін де жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1. Орталық мемлекеттік органдардың лауазымды адамдарының азаматтарды қабылдау орталығында қабылдауы Қазақстан Республикасының Үкіметі Аппаратының Басшысы бекіткен кестеге сәйкес айына бір реттен сиретпей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Лауазымды адамның тегі, аты және әкесінің аты (ол болған жағдайда), қабылдау күндері көрсетілген қабылдау кестелері мемлекеттік және орыс тілдерінде қоғамдық қабылдау бөлмесінің, азаматтарды қабылдау орталығының үй-жайларында көпшілікке көрінетін жерлерге ілінеді, сондай-ақ Ақтөбе облысы әкімдігінің ресми сайтында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Облыс әкімінің орынбасарларының қабылдауы облыс әкімнің тиісті тапсырмасы бойынша бекітілген кестеден тыс қабылдауды өткізу күні көрсетіле отырып жүзеге асырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қабылдаудың алдында жеке тұлға немесе заңды тұлғаның өкілі (бұдан әрі - арыз иесі) өзінің жеке басын куәландыратын құжатты, ал басқа тұлғалардың атынан жүгінген кезде - олардың мүдделерін білдіру өкілеттігін растайтын құжаттарды көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Шетелдіктер мен азаматтығы жоқ адамдарды қабылдау Қазақстан Республикасында құпиялылық режимін қамтамасыз ету жөніндегі талаптарға және Қазақстан Республикасының мемлекеттік құпияларды қорғау саласындағы қатынастарды реттейтін өзге де нормативтік құқықтық актілеріне сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қажет болған жағдайда шетелдіктер мен азаматтығы жоқ адамдарды қабылдау аудармашының қатысуымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шетелдіктер мен азаматтығы жоқ адамдардың қабылдауда берген жолданымдары, егер Қазақстан Республикасы ратификациялаған халықаралық шарттарда оларды қараудың өзгеше қағидалары көзделмесе, Қазақстан Республикасының заңнамасында белгіленген тәртіппен қаралады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қабылдау жүгіну кезегі тәртібімен жүргізіледі. Ұлы Отан соғысының ардагерлері, жеңілдіктер бойынша Ұлы Отан соғысының ардагерлеріне теңестірілген ардагерлер, басқа мемлекеттердің аумағындағы ұрыс қимылдарының ардагерлері, еңбек ардагерлері, мүгедектігі бар адамдар, жүкті әйелдер, "Алтын Қыран", "Халық қаһарманы", "Қазақстанның Еңбек Ері" ордендерімен марапатталған адамдар кезектен тыс қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Арыз иесінің келісімімен облыс әкімінің және оның орынбасарларының қабылдауы бейнеконференцбайланыс арқылы жүзеге асырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Пандемиямен немесе жеке тұлғалардың және заңды тұлғалар өкілдерінің қауіпсіздігін қамтамасыз етуге байланысты басқа да жағдайларға орай шектеу шаралары енгізілген жағдайда қабылдау бейнеконференцбайланыс арқылы ғана жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қабылдауға жазылу мына жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) облыс әкімінің құзыретіне кірмейтін мәселелер болса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1412,482 +1408,465 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әкімшілік орган, лауазымды адам жолданымды қайтарса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әкімшілік орган, лауазымды адам арыз иесінен жолданымды кері қайтарып алуды қабылдаса, жүзеге асырылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Уақытша еңбекке жарамсыздық, қызметтік іссапар және басқа да жағдайлардың себебі бойынша қабылдау жүргізу мүмкін болмаған жағдайда қабылдаушы адам қабылдауға жауапты қызметкерді жеке қабылдау өткізілгенге дейін 2 (екі) жұмыс күнінен кешіктірмей немесе қабылдау өткізілетін күні хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қоғамдық қабылдау бөлмесінде және азаматтарды қабылдау орталығында қабылдау күні қосымша жолданымдар мен басқа да ілеспе құжаттарды ресімдеуге (қажет болған жағдайда) көмектесетін заң консультанттары, психологтар және әлеуметтік қызметкерлер (волонтерлерді қабылдау күндері ғана тартуға болады) тартылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Азаматтарды қабылдау орталығының, Ақтөбе облысы әкімі аппаратының тиісті қызметкерлері қабылдау өткізген кезде басқа да мүдделі органдар өкілдерінің қатысуы, егер көтерілетін мәселе олардың құзыретіне қатысты болса, қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқа мүдделі органдар өкілдерінің қабылдауға қатысуы туралы сұрау салу жіберілгеннен кейін, арыз иесі 2 (екі) жұмыс күні ішінде жіберілген сұрау салу туралы және қажет болған жағдайда қабылдауға жазылу туралы жолданымды қараудың ұзартылғаны туралы хабардар етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқа мүдделі органдардың бірлесіп қабылдауға қатысудан бас тарту фактілері туралы ақпарат 2 (екі) жұмыс күні ішінде Қазақстан Республикасы Үкіметінің Аппаратына жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қабылдау арыз иесінің қалауы бойынша мемлекеттік және орыс тілдерінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қабылдау барысында қоғамдық қабылдау бөлмесінің қызметкерлері қабылдауға қатысу үшін Ақтөбе облысы әкімі аппаратының қызметкерлерін қабылдауға қатысуға шақыра алады немесе тиісті лауазымды адамдармен қабылдау уақыты мен орнын келісе алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қабылдау нәтижелері жолданым немесе тапсырмалар бойынша қабылдау барысында қабылданған шешімді көрсете отырып, оларды орындаудың нақты мерзімдері көрсетіліп хаттамаланады. Хаттамалық тапсырмалар жолданымдарға қоса тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Азаматтарды қабылдау дербес деректер мен мемлекеттік құпияларды не заңмен қорғалатын өзге де құпияны құрайтын мәліметтерді қорғау туралы талаптарды сақтай отырып, бұқаралық ақпарат құралдарында жарияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Жеке тұлғаларды және заңды тұлғалардың өкілдерін қабылдау мәселелері жөніндегі жолданымдарды тіркеу және қарау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Қабылдауға жазылу туралы келіп түскен барлық жолданымдарды қоғамдық қабылдау бөлмесінің және азаматтарды қабылдау орталығының қызметкерлері электрондық құжат айналымы жүйесінде не "Электрондық жолданымдар" ақпараттық-талдау жүйесінде олар келіп түскен күні тіркейді және жолданымдардың қаралуына бақылауды жүзеге асыратын жауапты қызметкерге (бұдан әрі - жауапты қызметкер) алдын ала қарау үшін жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Жауапты қызметкер Ақтөбе облысы әкімі аппаратының құрылымдық бөлімшелерінің, азаматтарды қабылдау орталығының қатысуымен материалдарды жинап, талдағаннан кейін облыс әкімінің атына қабылдау күнін белгілеу немесе бас тарту туралы ұсыныспен анықтамалық ақпаратты қабылдау басталғанға дейін 5 (бес) жұмыс күні бұрын дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қабылданған шешімнің қорытындысы бойынша жауапты қызметкер Ақтөбе облысы әкімі аппаратының лауазымды адамдар мен олардың орынбасарлары қабылдайтын адамдардың тізімін қалыптастырады және оны қабылдау кестесіне енгізу үшін қоғамдық қабылдау бөлмесіне жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Қоғамдық қабылдау бөлмесінің және азаматтарды қабылдау орталығының жауапты қызметкері бекітілген қабылдау кестесіне тізімдерді кезектілік тәртібімен бөледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Қоғамдық қабылдау бөлмесінің және азаматтарды қабылдау орталығының жауапты қызметкері жолданым тіркелген кезден бастап 15 (он бес) жұмыс күнінен кешіктірілмейтін мерзімде арыз иесіне қабылдау уақыты мен күні көрсетілген жауапты жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Мәні бойынша барынша пысықтауды талап ететін күрделі мәселе болған жағдайда, арыз иесіне жолданымды қарау мерзімін жолданым тіркелген кезден бастап күнтізбелік 30 (отыз) күннен аспайтын мерзімге ұзарту туралы хат жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жолданымды қарау мерзімі облыс әкімінің немесе оның орынбасарларының уәжді шешімімен ақылға қонымды мерзімге, бірақ арызды дұрыс қарау үшін маңызы бар нақты мән-жайларды белгілеу қажеттілігіне байланысты екі айдан аспайтын мерзімге ұзартылуы мүмкін, бұл туралы арыз иесі жолданымды қарау мерзімі ұзартылған күннен бастап 3 (үш) жұмыс күні ішінде хабардар етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Қоғамдық қабылдау бөлмесі және азаматтарды қабылдау орталығы уәкілетті қызметкерлерінің Ақтөбе облысы әкімі аппаратының лауазымды адамдар мен олардың орынбасарларының қабылдауды ұйымдастыруы үшін қажетті материалдарды ұсыну, қабылдауды өткізу практикасын талдау және жинақтап қорыту туралы талаптары Ақтөбе облысы әкімі аппаратының құрылымдық бөлімшелері үшін орындауға міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Қабылдаудан бас тарту туралы шешім қабылданғанға дейін үш жұмыс күнінен кешіктірмей арыз иесіне тыңдау рәсімін жүргізу үшін бас тарту туралы алдын ала шешім жобасы жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қабылдаудан бас тартылған жағдайда тыңдау рәсімі Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде көзделген тәсілдермен жүзеге асырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Тыңдау рәсімін ұйымдастыру және өткізу тәртібі Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1922,188 +1901,189 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>74-баптарының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптары ескеріле отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Қабылдау қорытындысы бойынша тапсырмалардың орындалуына бақылауды жүзеге асыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Қабылдау қорытындысы бойынша дайындалған хаттамалық тапсырмаларды бақылауды жолданымдардың орындалуына бақылауды жүзеге асыратын құрылымдық бөлімше жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Арыз иесіне түпкілікті уәжді жауап қабылдаудан келіп түскен жолданымды бақылаудан алу үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Қабылдау барысында арыз иесі берген жолданымдар "жеке қабылдаудан" деген белгі қойылып, электрондық құжат айналымы жүйесінде немесе "Электрондық жолданымдар" ақпараттық-талдау жүйесiнде тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Қабылдаудан түскен жолданымды бұған дейін қараған қызметкерге тапсыруға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Қоғамдық қабылдау бөлмесінің және азаматтарды қабылдау орталығының қызметкерлері тұрақты негізде арыз иелерінің қанағаттану деңгейіне мониторинг жүргізіп, консультация алған және жеке қабылдауға жазылудан бас тартқан арыз иелеріне телефон байланысы арқылы іріктеп сауалнама жүргізуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Жолданымдардың орындалуына бақылауды жүзеге асыратын құрылымдық бөлімше басқа мүдделі құрылымдық бөлімшелермен бірлесіп, мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өткізілетін қабылдаулар шеңберінде облыс әкімі мен оның орынбасарларының жұмысын ақпараттық-талдамалық сүйемелдеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2132,88 +2112,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) арыз иесімен кері байланысты (қажеттілікке қарай);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қоғамдық қабылдау бөлмесінің, азаматтарды қабылдау орталығының шеңберінде жұмыс істейтін сall-орталығының, оның ішінде төтенше жағдай, төтенше ахуал режимдерін, эпидемиологиялық сипаттағы карантиндік шараларды енгізумен, техногендік авариялармен және халықтың өмірі мен денсаулығына қауіп төндіретін өзге де апаттармен байланысты шектеу шаралары қабылданған жағдайда үздіксіз жұмыс істеуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Қоғамдық қабылдау бөлмесі және азаматтарды қабылдау орталығы жұмысының нәтижелері туралы тұрақты негізде (тоқсанына бір реттен сиретпей) Қазақстан Республикасы Үкіметінің Аппаратын хабардар ету қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3712,63 +3674,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4090,35 +4074,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>